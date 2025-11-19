--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -1,846 +1,444 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="50F64089" w14:textId="7C362960" w:rsidR="00C53BFA" w:rsidRPr="00CF2E0B" w:rsidRDefault="00C53BFA" w:rsidP="00C53BFA">
       <w:pPr>
         <w:pStyle w:val="Pre-title"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1216B23F" w14:textId="17283AB6" w:rsidR="00C53BFA" w:rsidRPr="009966AB" w:rsidRDefault="00025A6B" w:rsidP="003F021C">
+    <w:p w14:paraId="1216B23F" w14:textId="64D29D6A" w:rsidR="00C53BFA" w:rsidRPr="009966AB" w:rsidRDefault="00C53BFA" w:rsidP="003F021C">
       <w:pPr>
         <w:pStyle w:val="H1"/>
         <w:ind w:right="2070"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_mjrr2kp9be2e" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00025A6B">
-[...2 lines deleted...]
-      <w:r w:rsidR="00C53BFA" w:rsidRPr="009966AB">
+      <w:r w:rsidRPr="009966AB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="0C0138B3" wp14:editId="25E8E71F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-962024</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>53975</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="747713" cy="245752"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="0" distR="0"/>
             <wp:docPr id="3" name="image2.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="747713" cy="245752"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00F81257">
+        <w:t>Situational Awareness at Work</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="392FBB70" w14:textId="77777777" w:rsidR="00185D8E" w:rsidRPr="00185D8E" w:rsidRDefault="002B3D46" w:rsidP="002453F9">
+    <w:p w14:paraId="464D8BEB" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00185D8E" w:rsidRPr="00185D8E">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Ohio Bureau of Workers’ Compensation (BWC) reopened the Safety Intervention Grant (SIG) on July 1, </w:t>
+        <w:t xml:space="preserve">In today’s fast-paced work environment, having an acute awareness of our surroundings is a crucial skill that helps employees recognize and avoid potential hazards and dangers around them.  The term ‘Situational Awareness’ refers to </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00185D8E" w:rsidRPr="00185D8E">
+      <w:r w:rsidRPr="00E46E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>one’s ability to observe and understand their environment, comprehend potential hazards and predict their impact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> and is accepting new applications.  This is great news for employers who are looking for funding to purchase equipment to help reduce or eliminate workplace injuries or illnesses.  All applicants must submit a new application as previous ones will not carry over.  Additionally, applicants are required to obtain three vendor quotes or one quote with a sole source justification for the proposed intervention.  </w:t>
+        <w:t xml:space="preserve">.  Everyone has this ability, but it is not always used to its fullest potential.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F3A42A" w14:textId="77777777" w:rsidR="005919AC" w:rsidRPr="005919AC" w:rsidRDefault="005919AC" w:rsidP="002453F9">
+    <w:p w14:paraId="27FD84BF" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005919AC">
+      <w:bookmarkStart w:id="1" w:name="_Hlk211928555"/>
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>The SIG is available to any Ohio private or public employer covered by the State Insurance Fund.  Recipients are eligible for a 3-1 matching grant, up to a maximum grant award of $40,000 for each three-year eligibility cycle.  As an example, the program will give your organization $3 for every $1 you contribute.  Employers must work with an assigned BWC grant coordinator throughout the process and will be required to submit a one-year case study, one year after the implementation date for the intervention.</w:t>
+        <w:t xml:space="preserve">Heightened situational awareness is very helpful to all workers, but can be especially effective for those who have a changing work environment or those who are required to perform a variety of different job tasks, each with their own unique hazards.  Examples include operators of powered industrial vehicles or heavy machinery, outdoor workers where changing weather conditions occur, construction workers on job sites, service providers, educators and even healthcare workers.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="728DEF1F" w14:textId="77777777" w:rsidR="006C4F62" w:rsidRPr="006C4F62" w:rsidRDefault="006C4F62" w:rsidP="002453F9">
+    <w:p w14:paraId="43DA6D13" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C4F62">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The BWC’s website contains a timeline of events and detailed information on program requirements, including: </w:t>
+        <w:t xml:space="preserve">To gain a better understanding of this concept, let’s take a look at the three core elements of  situational awareness:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1B7BC3" w14:textId="77777777" w:rsidR="006C4F62" w:rsidRPr="006C4F62" w:rsidRDefault="006C4F62" w:rsidP="002453F9">
+    <w:p w14:paraId="2D975C01" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C4F62">
+      <w:r w:rsidRPr="00E46E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observation - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>What to know before you apply</w:t>
+        <w:t xml:space="preserve"> this is the ability to recognize what is happening in the environment around us.  This may sound simple, but in today’s world with countless distractions, it can be challenging.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B67B94A" w14:textId="77777777" w:rsidR="006C4F62" w:rsidRPr="006C4F62" w:rsidRDefault="006C4F62" w:rsidP="002453F9">
+    <w:p w14:paraId="22B14DA2" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C4F62">
+      <w:r w:rsidRPr="00E46E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Comprehension – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>SIG eligibility requirements</w:t>
+        <w:t xml:space="preserve">understanding the importance of how the actions of co-workers and the things we observe relate to our current tasks and situation.  This is a form of hazard identification. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="753C105D" w14:textId="77777777" w:rsidR="006C4F62" w:rsidRPr="006C4F62" w:rsidRDefault="006C4F62" w:rsidP="002453F9">
+    <w:p w14:paraId="06FC0D55" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C4F62">
+      <w:r w:rsidRPr="00E46E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Predicting - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>After you apply</w:t>
+        <w:t>anticipating future outcomes based on the current situation and assessing how they may impact not only ourselves, but also our work tasks and our coworkers. By identifying and recognizing hazards, we can develop the necessary steps to eliminate or minimize </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46E59">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">concerns. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4CC0BD" w14:textId="77777777" w:rsidR="006C4F62" w:rsidRPr="006C4F62" w:rsidRDefault="006C4F62" w:rsidP="002453F9">
+    <w:p w14:paraId="0E982251" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E46E59">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Simply put, as we observe the environment in motion around us, we continuously assess for potential threats and respond quickly and appropriately to minimize danger to ourselves and others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6925E2" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E46E59">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As we gain a better understanding of what situational awareness is and how it plays a role in the workplace, training employees is the next step.  The benefits of training on situational awareness include the following:  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="45DF529A" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C4F62">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Reporting and documentation requirements</w:t>
+        <w:t>Enhanced Safety: Improved situational awareness helps employees identify hazards before they become accidents, thereby reducing the risk of workplace injuries and incidents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478ADD5D" w14:textId="77777777" w:rsidR="006C4F62" w:rsidRPr="006C4F62" w:rsidRDefault="006C4F62" w:rsidP="002453F9">
+    <w:p w14:paraId="2370AF65" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C4F62">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Application timeline</w:t>
+        <w:t>Better Decision Making: Employees adept at situational awareness are better equipped to assess risk, choose appropriate response actions and make informed decisions quickly, which is vital in an emergency situation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4ED62B" w14:textId="77777777" w:rsidR="00290DF6" w:rsidRDefault="00290DF6" w:rsidP="002453F9">
-[...44 lines deleted...]
-    <w:p w14:paraId="2191F56F" w14:textId="77777777" w:rsidR="00407896" w:rsidRPr="002453F9" w:rsidRDefault="00407896" w:rsidP="002453F9">
+    <w:p w14:paraId="35057A2D" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002453F9">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Bathing systems</w:t>
+        <w:t xml:space="preserve">Increased Efficiency: By being keenly aware of one’s surroundings, employees can detect obstacles, avoid redundant tasks and better coordinate work efforts with colleagues. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778175D1" w14:textId="77777777" w:rsidR="00407896" w:rsidRPr="002453F9" w:rsidRDefault="00407896" w:rsidP="002453F9">
+    <w:p w14:paraId="2E2CEAF0" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002453F9">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Conduit bending equipment</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Improved Communication: Employees attuned to their environment can communicate more effectively about ongoing tasks, potential hazards and production or workflow changes, leading to better teamwork and synergy. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C91D29B" w14:textId="77777777" w:rsidR="00407896" w:rsidRPr="002453F9" w:rsidRDefault="00407896" w:rsidP="002453F9">
+    <w:p w14:paraId="0C3DC3D2" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002453F9">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Floor cleaning equipment</w:t>
+        <w:t>Creating a Safety Culture: A better understanding of the workplace fosters an environment where open communication about safety is encouraged.  Employees are more apt to report hazards and share concerns without fear of reprisal, reinforcing the importance of situational awareness.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41494B91" w14:textId="77777777" w:rsidR="00407896" w:rsidRPr="002453F9" w:rsidRDefault="00407896" w:rsidP="002453F9">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="388DFF78" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
+      <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002453F9">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Fume extractors for welding</w:t>
+        <w:t>Situational awareness isn’t just a skill—it’s a mindset.  By staying alert and engaged, employees contribute to a safer, more efficient workplace.  Organizations can build this culture through training, leadership and continuous improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33E4C98D" w14:textId="77777777" w:rsidR="00407896" w:rsidRPr="002453F9" w:rsidRDefault="00407896" w:rsidP="002453F9">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="3A8E7091" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
+      <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002453F9">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lift gates</w:t>
+        <w:t>If you would like to know more about Sedgwick’s safety services or would like to schedule a confidential consultation, please contact Andy Sawan at </w:t>
       </w:r>
-    </w:p>
-[...72 lines deleted...]
-        <w:r w:rsidRPr="004456A5">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00E46E59">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Unapproved Items for the SIG Program</w:t>
+          <w:t>andrew.sawan@sedgwick.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004456A5">
+      <w:r w:rsidRPr="00E46E59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.  Some of the items include:</w:t>
+        <w:t> or 330-819-4728.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B9B589" w14:textId="77777777" w:rsidR="004456A5" w:rsidRPr="004456A5" w:rsidRDefault="004456A5" w:rsidP="002453F9">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="6F3651FD" w14:textId="5B124C46" w:rsidR="000056A5" w:rsidRPr="00EB0760" w:rsidRDefault="000056A5" w:rsidP="00E46E59">
+      <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...333 lines deleted...]
-        <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000056A5" w:rsidRPr="00EB0760" w:rsidSect="00156639">
-      <w:headerReference w:type="default" r:id="rId12"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="0" w:footer="86" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7B8F8176" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="369FD127" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
@@ -2047,50 +1645,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26803CC3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="649E9D5C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E052CF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A08D36E"/>
     <w:lvl w:ilvl="0" w:tplc="CF3CD7A6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2158,51 +1869,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="322C06B5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="19E6E4AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2307,51 +2018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CE014EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FEAF66E"/>
     <w:lvl w:ilvl="0" w:tplc="7DA2497A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2419,51 +2130,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EAF706E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA58DD74"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2532,102 +2243,102 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FE825D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42E33816"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAD2667C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2696,51 +2407,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4340262F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="266C5FD2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2809,51 +2520,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="434C7046"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFF40E56"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2922,51 +2633,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46F73390"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD5E67BA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3035,51 +2746,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="528A502E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6032F378"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3121,51 +2832,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A4A14D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C88C3E92"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3234,51 +2945,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ADD0EDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CD2E75C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3347,51 +3058,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E552A53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="518CC15C"/>
     <w:lvl w:ilvl="0" w:tplc="69A41802">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3459,51 +3170,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60A141D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2974C6C2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3572,51 +3283,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60EB61F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D26B074"/>
     <w:lvl w:ilvl="0" w:tplc="7DA2497A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3684,51 +3395,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69B91FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FE8D2A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3797,51 +3508,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ADE0D70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB18280E"/>
     <w:lvl w:ilvl="0" w:tplc="E61207D4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3909,51 +3620,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70F37631"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B5C276C2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75FD3220"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82183F2C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4022,51 +3846,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77D9203B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60ACFD34"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4135,51 +3959,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79D359D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7DC67F6C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4252,252 +4076,264 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="139619501">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1133210361">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="755134298">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="533883432">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="319508780">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="980307121">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="153107528">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1475683133">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2104522338">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="136461327">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="210968170">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2003115738">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2145004251">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1827013946">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1377778442">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1084372981">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2045254724">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="922571367">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="561142839">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1993871973">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="915092358">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1214921538">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1147548166">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="700083662">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2130121334">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="733549848">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1353998612">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1028406184">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1353147792">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1451244421">
     <w:abstractNumId w:val="4"/>
   </w:num>
+  <w:num w:numId="31" w16cid:durableId="1627351511">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="165444798">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="74"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C53BFA"/>
     <w:rsid w:val="000056A5"/>
     <w:rsid w:val="00025A6B"/>
     <w:rsid w:val="00053320"/>
     <w:rsid w:val="00057A9C"/>
     <w:rsid w:val="0009751D"/>
     <w:rsid w:val="000A5088"/>
     <w:rsid w:val="000E283C"/>
     <w:rsid w:val="000F39A6"/>
     <w:rsid w:val="00156639"/>
     <w:rsid w:val="00167DEC"/>
     <w:rsid w:val="00183EC0"/>
     <w:rsid w:val="00185D8E"/>
     <w:rsid w:val="00185F2B"/>
     <w:rsid w:val="001963A5"/>
     <w:rsid w:val="00201E8F"/>
     <w:rsid w:val="002453F9"/>
+    <w:rsid w:val="002855BB"/>
     <w:rsid w:val="00290DF6"/>
     <w:rsid w:val="002B3D46"/>
     <w:rsid w:val="002B4DDA"/>
     <w:rsid w:val="002D747D"/>
     <w:rsid w:val="003117FC"/>
+    <w:rsid w:val="0032715F"/>
     <w:rsid w:val="00344E55"/>
     <w:rsid w:val="003D51B6"/>
     <w:rsid w:val="003F021C"/>
     <w:rsid w:val="00407896"/>
     <w:rsid w:val="00416A44"/>
     <w:rsid w:val="004456A5"/>
     <w:rsid w:val="00482436"/>
     <w:rsid w:val="004A33CB"/>
     <w:rsid w:val="004A6675"/>
     <w:rsid w:val="004C76F5"/>
     <w:rsid w:val="0056182B"/>
     <w:rsid w:val="005919AC"/>
     <w:rsid w:val="005A375D"/>
     <w:rsid w:val="005C55C5"/>
     <w:rsid w:val="00650C5D"/>
     <w:rsid w:val="0068539C"/>
     <w:rsid w:val="006866AC"/>
     <w:rsid w:val="006C4F62"/>
     <w:rsid w:val="007143A3"/>
+    <w:rsid w:val="0078103E"/>
     <w:rsid w:val="00793BE7"/>
     <w:rsid w:val="007B6869"/>
     <w:rsid w:val="007D6299"/>
     <w:rsid w:val="007E15F6"/>
     <w:rsid w:val="0084700A"/>
     <w:rsid w:val="00871514"/>
     <w:rsid w:val="00871FED"/>
     <w:rsid w:val="008A0DD5"/>
     <w:rsid w:val="008C3461"/>
     <w:rsid w:val="008E7E9F"/>
     <w:rsid w:val="009232D3"/>
     <w:rsid w:val="009429DF"/>
     <w:rsid w:val="009566F1"/>
     <w:rsid w:val="009E6FD9"/>
     <w:rsid w:val="009F0397"/>
     <w:rsid w:val="00AF193B"/>
     <w:rsid w:val="00AF7B9C"/>
     <w:rsid w:val="00B15710"/>
     <w:rsid w:val="00B54368"/>
     <w:rsid w:val="00B7732D"/>
     <w:rsid w:val="00B8743E"/>
     <w:rsid w:val="00BD1E53"/>
     <w:rsid w:val="00C31A96"/>
     <w:rsid w:val="00C51826"/>
     <w:rsid w:val="00C531A9"/>
     <w:rsid w:val="00C53BFA"/>
     <w:rsid w:val="00C5400D"/>
     <w:rsid w:val="00C770AE"/>
     <w:rsid w:val="00C8755F"/>
     <w:rsid w:val="00C91A0B"/>
     <w:rsid w:val="00CC1E4E"/>
     <w:rsid w:val="00CF55DD"/>
     <w:rsid w:val="00D41B4B"/>
     <w:rsid w:val="00D454E1"/>
     <w:rsid w:val="00D47F7F"/>
     <w:rsid w:val="00D90A63"/>
     <w:rsid w:val="00D93E3B"/>
     <w:rsid w:val="00DA68FD"/>
     <w:rsid w:val="00E025BA"/>
     <w:rsid w:val="00E34FF8"/>
+    <w:rsid w:val="00E46E59"/>
     <w:rsid w:val="00E675DC"/>
     <w:rsid w:val="00EB0760"/>
     <w:rsid w:val="00EC65CC"/>
     <w:rsid w:val="00ED1F7B"/>
     <w:rsid w:val="00EF1358"/>
     <w:rsid w:val="00EF79A0"/>
     <w:rsid w:val="00F1301C"/>
     <w:rsid w:val="00F47EE5"/>
     <w:rsid w:val="00F5765D"/>
+    <w:rsid w:val="00F738AA"/>
+    <w:rsid w:val="00F81257"/>
     <w:rsid w:val="00FD6BFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -4939,51 +4775,50 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C53BFA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="400" w:after="200" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="360"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="292826"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:highlight w:val="white"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
@@ -5288,51 +5123,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="940645822">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.bwc.ohio.gov/for-employers/safety-services/safety-grants/safety-intervention-grant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.bwc.ohio.gov/for-employers/safety-services/consultations-and-programs/consultation-services/request-a-safety-and-health-consultation" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.bwc.ohio.gov/for-employers/safety-services/safety-grants/safety-grants" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.bwc.ohio.gov/for-employers/safety-services/safety-grants/safety-intervention-grant/unapproved-items-for-the-sig-program" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrew.sawan@sedgwick.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -5590,340 +5425,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...255 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>588</Words>
-  <Characters>3356</Characters>
+  <Words>550</Words>
+  <Characters>3136</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>27</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3937</CharactersWithSpaces>
+  <CharactersWithSpaces>3679</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>