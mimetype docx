--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -1,64 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="50F64089" w14:textId="7C362960" w:rsidR="00C53BFA" w:rsidRPr="00CF2E0B" w:rsidRDefault="00C53BFA" w:rsidP="00C53BFA">
       <w:pPr>
         <w:pStyle w:val="Pre-title"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1216B23F" w14:textId="64D29D6A" w:rsidR="00C53BFA" w:rsidRPr="009966AB" w:rsidRDefault="00C53BFA" w:rsidP="003F021C">
+    <w:p w14:paraId="1216B23F" w14:textId="668C3722" w:rsidR="00C53BFA" w:rsidRPr="009966AB" w:rsidRDefault="00C53BFA" w:rsidP="004A6675">
       <w:pPr>
         <w:pStyle w:val="H1"/>
-        <w:ind w:right="2070"/>
+        <w:spacing w:after="400"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_mjrr2kp9be2e" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="009966AB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="0C0138B3" wp14:editId="25E8E71F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-962024</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>53975</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="747713" cy="245752"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="0" distR="0"/>
             <wp:docPr id="3" name="image2.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -66,542 +70,675 @@
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="747713" cy="245752"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00F81257">
-        <w:t>Situational Awareness at Work</w:t>
+      <w:r w:rsidR="00964475">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Client education program</w:t>
+      </w:r>
+      <w:r w:rsidR="00964475">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:br/>
+        <w:t>for workers’ compensation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464D8BEB" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">In today’s fast-paced work environment, having an acute awareness of our surroundings is a crucial skill that helps employees recognize and avoid potential hazards and dangers around them.  The term ‘Situational Awareness’ refers to </w:t>
+    <w:p w14:paraId="38FD9286" w14:textId="02F764BD" w:rsidR="00954FC1" w:rsidRDefault="00964475" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sedgwick offers a comprehensive, webinar-based education program to current clients, covering a variety of topics within the workers’ compensation industry.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E46E59">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">.  Everyone has this ability, but it is not always used to its fullest potential.  </w:t>
+      <w:r w:rsidR="000F43B2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> These training webinars are free to member clients of Sedgwick.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FD84BF" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Heightened situational awareness is very helpful to all workers, but can be especially effective for those who have a changing work environment or those who are required to perform a variety of different job tasks, each with their own unique hazards.  Examples include operators of powered industrial vehicles or heavy machinery, outdoor workers where changing weather conditions occur, construction workers on job sites, service providers, educators and even healthcare workers.   </w:t>
+    <w:p w14:paraId="61A58133" w14:textId="4604C8C2" w:rsidR="004517F4" w:rsidRPr="00954FC1" w:rsidRDefault="00D07D3F" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sedgwick’s workers’ compensation educational series is designed to familiarize yourself with Ohio’s workers’ compensation system and show you how to maximize your program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DA6D13" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">To gain a better understanding of this concept, let’s take a look at the three core elements of  situational awareness:  </w:t>
+    <w:p w14:paraId="7F26135B" w14:textId="77777777" w:rsidR="00D07D3F" w:rsidRDefault="00D07D3F" w:rsidP="000806DE">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07D3F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Webinar topics include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D975C01" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-      <w:pPr>
+    <w:p w14:paraId="323BB824" w14:textId="071CA188" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Observation - </w:t>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Navigating</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E46E59">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> this is the ability to recognize what is happening in the environment around us.  This may sound simple, but in today’s world with countless distractions, it can be challenging.  </w:t>
+      <w:r w:rsidR="00D07D3F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ohio workers’ compensation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B14DA2" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-      <w:pPr>
+    <w:p w14:paraId="1745A289" w14:textId="24091A9E" w:rsidR="00D07D3F" w:rsidRPr="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">understanding the importance of how the actions of co-workers and the things we observe relate to our current tasks and situation.  This is a form of hazard identification. </w:t>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Overview of the True-Up process (public and private)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FC0D55" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-      <w:pPr>
+    <w:p w14:paraId="4711CF19" w14:textId="31A0D5F3" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">concerns. </w:t>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Benefits of coordinating your claims management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E982251" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-[...10 lines deleted...]
-        <w:t>Simply put, as we observe the environment in motion around us, we continuously assess for potential threats and respond quickly and appropriately to minimize danger to ourselves and others.</w:t>
+    <w:p w14:paraId="335292AE" w14:textId="4953201A" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Reducing your workers’ comp spend</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6925E2" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">As we gain a better understanding of what situational awareness is and how it plays a role in the workplace, training employees is the next step.  The benefits of training on situational awareness include the following:  </w:t>
+    <w:p w14:paraId="507D1282" w14:textId="0273AAFA" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Workplace safety: 5 things you should be focusing on</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="1600D1CF" w14:textId="4F402DD4" w:rsidR="00075916" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-        <w:t>Enhanced Safety: Improved situational awareness helps employees identify hazards before they become accidents, thereby reducing the risk of workplace injuries and incidents.</w:t>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Best practices for a successful workers’ comp program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2370AF65" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-[...14 lines deleted...]
-        <w:t>Better Decision Making: Employees adept at situational awareness are better equipped to assess risk, choose appropriate response actions and make informed decisions quickly, which is vital in an emergency situation.</w:t>
+    <w:p w14:paraId="661E36CD" w14:textId="15640B33" w:rsidR="003E7C9A" w:rsidRDefault="00D07D3F" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sedgwick offers these educational programs </w:t>
+      </w:r>
+      <w:r w:rsidR="00075916">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>throughout the year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. The programs are designated for both private and public employers, private employers only or public employers only.  Additionally, all sessions qualify for 1-hour of the 2-hour Ohio Bureau of Workers’ Compensation safety training requirement for group and group retrospective-rated employers.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C9A" w:rsidRPr="003E7C9A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35057A2D" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Increased Efficiency: By being keenly aware of one’s surroundings, employees can detect obstacles, avoid redundant tasks and better coordinate work efforts with colleagues. </w:t>
+    <w:p w14:paraId="7F8FE038" w14:textId="3FBB1765" w:rsidR="00D07D3F" w:rsidRPr="003E7C9A" w:rsidRDefault="0036326C" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Look for future communications with the dates, times and topics for the 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00595C1D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> series. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E2CEAF0" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Improved Communication: Employees attuned to their environment can communicate more effectively about ongoing tasks, potential hazards and production or workflow changes, leading to better teamwork and synergy. </w:t>
+    <w:p w14:paraId="46391CC8" w14:textId="0D74F4AB" w:rsidR="00C53BFA" w:rsidRDefault="002E1197" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1197">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have any questions, contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00180124">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">David Deyo </w:t>
+      </w:r>
+      <w:r w:rsidR="00064DDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1197">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sedgwick</w:t>
+      </w:r>
+      <w:r w:rsidR="00064DDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5759" w:rsidRPr="00EB5759">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="00180124">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>david.deyo@sedgwick.com</w:t>
+      </w:r>
+      <w:r w:rsidR="00064DDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3DC3D2" w14:textId="77777777" w:rsidR="00E46E59" w:rsidRPr="00E46E59" w:rsidRDefault="00E46E59" w:rsidP="00E46E59">
-[...72 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="00C53BFA" w:rsidSect="00156639">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="0" w:footer="86" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B8F8176" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
+    <w:p w14:paraId="5DE76C86" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="369FD127" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
+    <w:p w14:paraId="05FFDDC8" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
+    <w:altName w:val="Source Sans Pro"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="43B6A459" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="000F39A6">
+  <w:p w14:paraId="43B6A459" w14:textId="77777777" w:rsidR="00075916" w:rsidRPr="001A015F" w:rsidRDefault="00075916">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:b/>
         <w:color w:val="7996B4"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70CC1513" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
+    <w:p w14:paraId="3E7BF84F" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30841275" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
+    <w:p w14:paraId="38570272" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="72F75DA9" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="000F39A6">
+  <w:p w14:paraId="72F75DA9" w14:textId="77777777" w:rsidR="00075916" w:rsidRPr="001A015F" w:rsidRDefault="00075916">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="336E2674" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="00C53BFA">
+  <w:p w14:paraId="336E2674" w14:textId="77777777" w:rsidR="00075916" w:rsidRPr="001A015F" w:rsidRDefault="00C53BFA">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001A015F">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="3DA18A0C" wp14:editId="6D2518D5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-33020</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7767320" cy="761365"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom distT="0" distB="0"/>
@@ -627,754 +764,50 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7767320" cy="761365"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="A1818FFF"/>
-[...702 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16D35570"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D850F06C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1443,152 +876,177 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1CB1650D"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EBF4DDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="721053C6"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="03CCE462"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%2."/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1F7E5975"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34FC5BC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6A9ED0C2"/>
-[...8 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+    <w:tmpl w:val="1E9CC0C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -1644,701 +1102,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...649 lines deleted...]
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42E33816"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAD2667C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2407,164 +1215,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="434C7046"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFF40E56"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2633,54 +1328,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="46F73390"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D9C15FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BD5E67BA"/>
+    <w:tmpl w:val="BA9A50C2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -2746,152 +1441,292 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="528A502E"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FA95964"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6032F378"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="344005B8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5A4A14D2"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E7A2D0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C88C3E92"/>
+    <w:tmpl w:val="413295EC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72C00726"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3E76BECA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
@@ -2945,54 +1780,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5ADD0EDC"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DFA24E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8CD2E75C"/>
+    <w:tmpl w:val="00AC4822"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -3058,1282 +1893,185 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-[...1014 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="1" w16cid:durableId="1834373727">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1133210361">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="2" w16cid:durableId="1104881255">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="755134298">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="3" w16cid:durableId="833060788">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="533883432">
+  <w:num w:numId="4" w16cid:durableId="391392423">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="84036683">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="319508780">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="6" w16cid:durableId="1401557385">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="980307121">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="7" w16cid:durableId="1406416594">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="153107528">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="8" w16cid:durableId="1491826433">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1475683133">
-[...2 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="2104522338">
+  <w:num w:numId="9" w16cid:durableId="1898393621">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="136461327">
-[...66 lines deleted...]
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="10" w16cid:durableId="1424648585">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="74"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C53BFA"/>
-    <w:rsid w:val="000056A5"/>
-[...6 lines deleted...]
-    <w:rsid w:val="000F39A6"/>
+    <w:rsid w:val="00002292"/>
+    <w:rsid w:val="00005686"/>
+    <w:rsid w:val="00064DDC"/>
+    <w:rsid w:val="00075916"/>
+    <w:rsid w:val="000806DE"/>
+    <w:rsid w:val="000B7DD7"/>
+    <w:rsid w:val="000F43B2"/>
+    <w:rsid w:val="00103799"/>
     <w:rsid w:val="00156639"/>
-    <w:rsid w:val="00167DEC"/>
+    <w:rsid w:val="00180124"/>
     <w:rsid w:val="00183EC0"/>
-    <w:rsid w:val="00185D8E"/>
-[...16 lines deleted...]
-    <w:rsid w:val="004456A5"/>
+    <w:rsid w:val="00282D6D"/>
+    <w:rsid w:val="00285370"/>
+    <w:rsid w:val="002E1197"/>
+    <w:rsid w:val="0036326C"/>
+    <w:rsid w:val="003E7C9A"/>
+    <w:rsid w:val="0040394D"/>
+    <w:rsid w:val="00427D8F"/>
+    <w:rsid w:val="004308A6"/>
+    <w:rsid w:val="00432072"/>
+    <w:rsid w:val="00437B42"/>
+    <w:rsid w:val="004517F4"/>
+    <w:rsid w:val="00454C57"/>
+    <w:rsid w:val="00464BDC"/>
+    <w:rsid w:val="0047402C"/>
+    <w:rsid w:val="0047619E"/>
     <w:rsid w:val="00482436"/>
+    <w:rsid w:val="004913AC"/>
     <w:rsid w:val="004A33CB"/>
     <w:rsid w:val="004A6675"/>
     <w:rsid w:val="004C76F5"/>
-    <w:rsid w:val="0056182B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005A375D"/>
+    <w:rsid w:val="005759DD"/>
+    <w:rsid w:val="00595C1D"/>
+    <w:rsid w:val="005A03AB"/>
     <w:rsid w:val="005C55C5"/>
+    <w:rsid w:val="006226E7"/>
+    <w:rsid w:val="00624398"/>
+    <w:rsid w:val="00632D73"/>
     <w:rsid w:val="00650C5D"/>
+    <w:rsid w:val="00652A13"/>
     <w:rsid w:val="0068539C"/>
-    <w:rsid w:val="006866AC"/>
-[...7 lines deleted...]
-    <w:rsid w:val="0084700A"/>
+    <w:rsid w:val="006B7AED"/>
+    <w:rsid w:val="006D0918"/>
+    <w:rsid w:val="007A061C"/>
     <w:rsid w:val="00871514"/>
-    <w:rsid w:val="00871FED"/>
-    <w:rsid w:val="008A0DD5"/>
     <w:rsid w:val="008C3461"/>
-    <w:rsid w:val="008E7E9F"/>
-    <w:rsid w:val="009232D3"/>
     <w:rsid w:val="009429DF"/>
-    <w:rsid w:val="009566F1"/>
+    <w:rsid w:val="00954FC1"/>
+    <w:rsid w:val="00964475"/>
+    <w:rsid w:val="009C3339"/>
+    <w:rsid w:val="009C5959"/>
     <w:rsid w:val="009E6FD9"/>
-    <w:rsid w:val="009F0397"/>
+    <w:rsid w:val="00A52E69"/>
+    <w:rsid w:val="00AD4C08"/>
     <w:rsid w:val="00AF193B"/>
-    <w:rsid w:val="00AF7B9C"/>
-    <w:rsid w:val="00B15710"/>
+    <w:rsid w:val="00B06F31"/>
+    <w:rsid w:val="00B31992"/>
     <w:rsid w:val="00B54368"/>
+    <w:rsid w:val="00B63C47"/>
     <w:rsid w:val="00B7732D"/>
-    <w:rsid w:val="00B8743E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C51826"/>
     <w:rsid w:val="00C531A9"/>
     <w:rsid w:val="00C53BFA"/>
-    <w:rsid w:val="00C5400D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00CF55DD"/>
+    <w:rsid w:val="00CF4EC0"/>
+    <w:rsid w:val="00D07068"/>
+    <w:rsid w:val="00D07D3F"/>
     <w:rsid w:val="00D41B4B"/>
     <w:rsid w:val="00D454E1"/>
-    <w:rsid w:val="00D47F7F"/>
     <w:rsid w:val="00D90A63"/>
     <w:rsid w:val="00D93E3B"/>
-    <w:rsid w:val="00DA68FD"/>
+    <w:rsid w:val="00D94849"/>
+    <w:rsid w:val="00E01DD9"/>
     <w:rsid w:val="00E025BA"/>
     <w:rsid w:val="00E34FF8"/>
-    <w:rsid w:val="00E46E59"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EB0760"/>
+    <w:rsid w:val="00EB5759"/>
     <w:rsid w:val="00EC65CC"/>
     <w:rsid w:val="00ED1F7B"/>
-    <w:rsid w:val="00EF1358"/>
     <w:rsid w:val="00EF79A0"/>
-    <w:rsid w:val="00F1301C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F81257"/>
+    <w:rsid w:val="00F1234F"/>
+    <w:rsid w:val="00FA2EAB"/>
     <w:rsid w:val="00FD6BFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -4775,50 +2513,51 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C53BFA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="400" w:after="200" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="360"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="292826"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:highlight w:val="white"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
@@ -5037,137 +2776,92 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00482436"/>
     <w:rPr>
       <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E675DC"/>
+    <w:rsid w:val="00652A13"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E675DC"/>
+    <w:rsid w:val="005A03AB"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003117FC"/>
+    <w:rsid w:val="00D07D3F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...15 lines deleted...]
-      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrew.sawan@sedgwick.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -5425,75 +3119,340 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000C4840261E0B2B4EBF5A4F42368C30AA" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e668f517bd0a6ae70e16086e8b95d932">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="59cd6d89-00c3-452b-9bcc-7193497f85d4" xmlns:ns3="92fd52bf-f93a-4591-b13c-804d20321cf2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed04cc050e9c0ccdb9464f4cdbc02fe0" ns2:_="" ns3:_="">
+    <xsd:import namespace="59cd6d89-00c3-452b-9bcc-7193497f85d4"/>
+    <xsd:import namespace="92fd52bf-f93a-4591-b13c-804d20321cf2"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="59cd6d89-00c3-452b-9bcc-7193497f85d4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="59b6c376-ac77-4716-aacb-b087d0d75ce9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="21" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92fd52bf-f93a-4591-b13c-804d20321cf2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{fea727cd-da3b-4736-ac2b-117b47d35a47}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="92fd52bf-f93a-4591-b13c-804d20321cf2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92fd52bf-f93a-4591-b13c-804d20321cf2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="59cd6d89-00c3-452b-9bcc-7193497f85d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E185137-65CB-41C3-ABD5-6E6B8B6E1535}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2341D920-9591-4272-A9F2-E3CDF86B4CBE}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7837098-CC0E-4F4C-865E-02835C1CBCD7}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3136</Characters>
+  <Pages>1</Pages>
+  <Words>191</Words>
+  <Characters>1091</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>7</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3679</CharactersWithSpaces>
+  <CharactersWithSpaces>1280</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101000C4840261E0B2B4EBF5A4F42368C30AA</vt:lpwstr>
+  </property>
+</Properties>
+</file>