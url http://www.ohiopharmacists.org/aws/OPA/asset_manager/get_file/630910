--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -11,54 +11,54 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="50F64089" w14:textId="7C362960" w:rsidR="00C53BFA" w:rsidRPr="00CF2E0B" w:rsidRDefault="00C53BFA" w:rsidP="00C53BFA">
       <w:pPr>
         <w:pStyle w:val="Pre-title"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1216B23F" w14:textId="000D5EEB" w:rsidR="00C53BFA" w:rsidRPr="009966AB" w:rsidRDefault="00C53BFA" w:rsidP="003F021C">
+    <w:p w14:paraId="1216B23F" w14:textId="3B0C2D6A" w:rsidR="00C53BFA" w:rsidRPr="009966AB" w:rsidRDefault="00C53BFA" w:rsidP="004A6675">
       <w:pPr>
         <w:pStyle w:val="H1"/>
-        <w:ind w:right="2070"/>
+        <w:spacing w:after="400"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_mjrr2kp9be2e" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="009966AB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="0C0138B3" wp14:editId="25E8E71F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-962024</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>53975</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="747713" cy="245752"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="0" distR="0"/>
             <wp:docPr id="3" name="image2.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -66,262 +66,331 @@
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="747713" cy="245752"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00D860B7">
+      <w:r w:rsidR="00A50753">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>Complimentary Workers</w:t>
+        <w:t xml:space="preserve">Cost containment </w:t>
       </w:r>
-      <w:r w:rsidR="00FA1637">
+      <w:r w:rsidR="007F1B52">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>’</w:t>
+        <w:t xml:space="preserve">in Ohio </w:t>
       </w:r>
-      <w:r w:rsidR="00D860B7">
+      <w:r w:rsidR="00897B41">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve"> Compe</w:t>
+        <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="00FA1637">
+      <w:r w:rsidR="007F1B52">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>n</w:t>
+        <w:t xml:space="preserve">orkers’ </w:t>
       </w:r>
-      <w:r w:rsidR="00D860B7">
+      <w:r w:rsidR="00897B41">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>sation Quote from Sedgwick</w:t>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="007F1B52">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>omp</w:t>
+      </w:r>
+      <w:r w:rsidR="00897B41">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>ensation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353C7C27" w14:textId="49363027" w:rsidR="00FD23EE" w:rsidRPr="00FA1637" w:rsidRDefault="00FD23EE" w:rsidP="00FD23EE">
+    <w:p w14:paraId="5711753C" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA1637">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>This is the time of year when you undoubtedly receive multiple phone calls, emails and hardcopy mail promoting workers' compensation programs.</w:t>
+        <w:t>Workplace injuries can carry both financial and emotional weight for employers and employees alike. While ensuring injured workers receive proper care remains the top priority, managing the associated costs is also essential to maintaining a healthy workers’ compensation program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB24267" w14:textId="1C8DD3F3" w:rsidR="00FD23EE" w:rsidRPr="00FA1637" w:rsidRDefault="00FD23EE" w:rsidP="00FD23EE">
+    <w:p w14:paraId="53CB7230" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Our endorsed partner, </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>In Ohio, employers have three key strategies available to help contain costs: Settlements, Disability Relief, and Subrogation/No-Fault Motor Vehicle Accidents (MVA). Sedgwick continues to lead the industry in leveraging these tools effectively.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+    </w:p>
+    <w:p w14:paraId="3EE86AC9" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, helps members save significantly on workers' compensation premiums and provides valuable advice to our members who are navigating Ohio’s workers' compensation system. Sedgwick’s clients annually save $160 million in workers’ compensation premium through their Group Rating and Group Retrospective Rating Programs. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Our approach combines advanced analytics and proactive cost containment strategies to help Ohio employers reduce claim expenses and lower premiums. From the moment a claim is filed, our team is equipped to implement solutions that drive meaningful savings.</w:t>
       </w:r>
-      <w:r w:rsidR="000627A3" w:rsidRPr="00FA1637">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Sedgwick not only offers the savings but expert guidance of </w:t>
+    </w:p>
+    <w:p w14:paraId="75558891" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sedgwick’s dedicated cost containment team focuses exclusively on delivering impactful results through these three avenues. Our efforts have led to significant savings not only for individual employers but also for those participating in group retrospective rating programs.</w:t>
       </w:r>
-      <w:r w:rsidR="000627A3" w:rsidRPr="00FA1637">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:p>
+    <w:p w14:paraId="6D6523ED" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-        <w:t>. </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Settlement Agreements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F2FD573" w14:textId="7BBA0196" w:rsidR="00FA1637" w:rsidRPr="00FA1637" w:rsidRDefault="00FA1637" w:rsidP="00FA1637">
+    <w:p w14:paraId="5C2021AC" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA1637">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you are not participating in this member benefit, you can request a no-cost, no-obligation analysis of your potential savings. Please contact your Sedgwick program manager </w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> . </w:t>
+        <w:t>A settlement involves a mutual agreement between the employer, the injured worker, and the Ohio Bureau of Workers’ Compensation (BWC) to resolve a claim with a lump sum payment. This can result in full or partial closure of the claim, helping employers manage long-term exposure.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00FA1637" w:rsidRPr="00FA1637" w:rsidSect="00156639">
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId12"/>
+    <w:p w14:paraId="57B8B6F3" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Disability Relief</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644F5E98" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This program supports employers who hire or retain individuals with pre-existing medical conditions. If a disability contributes to an injury or delays recovery, employers may be eligible for reimbursement on related claims, reducing their financial burden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53ECD0A6" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Subrogation / No-Fault MVA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C18DCA7" w14:textId="4E53DE71" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>When a workplace injury stems from a motor vehicle accident involving a third party, the Ohio BWC may assign the claim’s cost to the surplus fund—relieving the employer of direct financial responsibility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D5F0D8" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sedgwick is proud to collaborate with our clients in optimizing their workers’ compensation programs. Our early, proactive approach to cost containment remains a cornerstone of our commitment to achieving the best possible outcomes for both employers and injured workers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A858A2E" w14:textId="1D1F0D9B" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For questions or support, please contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00445DDD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Peyton Rosier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at Sedgwick via </w:t>
+      </w:r>
+      <w:r w:rsidR="00445DDD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>peyton.rosier@sedgwick.com</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00863D65">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46391CC8" w14:textId="1A38B892" w:rsidR="00C53BFA" w:rsidRDefault="00C53BFA" w:rsidP="00863D65">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C53BFA" w:rsidSect="00156639">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="0" w:footer="86" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10365333" w14:textId="77777777" w:rsidR="00655FB1" w:rsidRDefault="00655FB1">
+    <w:p w14:paraId="51FF4812" w14:textId="77777777" w:rsidR="00F6774E" w:rsidRDefault="00F6774E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37D6ED66" w14:textId="77777777" w:rsidR="00655FB1" w:rsidRDefault="00655FB1">
+    <w:p w14:paraId="5099797A" w14:textId="77777777" w:rsidR="00F6774E" w:rsidRDefault="00F6774E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -357,109 +426,109 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="43B6A459" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="000F39A6">
+  <w:p w14:paraId="43B6A459" w14:textId="77777777" w:rsidR="007F1B52" w:rsidRPr="001A015F" w:rsidRDefault="007F1B52">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:b/>
         <w:color w:val="7996B4"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="474150F8" w14:textId="77777777" w:rsidR="00655FB1" w:rsidRDefault="00655FB1">
+    <w:p w14:paraId="31422023" w14:textId="77777777" w:rsidR="00F6774E" w:rsidRDefault="00F6774E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4208F64D" w14:textId="77777777" w:rsidR="00655FB1" w:rsidRDefault="00655FB1">
+    <w:p w14:paraId="7EE6F038" w14:textId="77777777" w:rsidR="00F6774E" w:rsidRDefault="00F6774E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="72F75DA9" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="000F39A6">
+  <w:p w14:paraId="72F75DA9" w14:textId="77777777" w:rsidR="007F1B52" w:rsidRPr="001A015F" w:rsidRDefault="007F1B52">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="336E2674" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="00C53BFA">
+  <w:p w14:paraId="336E2674" w14:textId="77777777" w:rsidR="007F1B52" w:rsidRPr="001A015F" w:rsidRDefault="00C53BFA">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001A015F">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="3DA18A0C" wp14:editId="6D2518D5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-33020</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7767320" cy="761365"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom distT="0" distB="0"/>
@@ -485,364 +554,50 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7767320" cy="761365"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="05106C37"/>
-[...312 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16D35570"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D850F06C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -911,152 +666,177 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1CB1650D"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EBF4DDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="721053C6"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="03CCE462"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%2."/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1F7E5975"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34FC5BC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6A9ED0C2"/>
-[...8 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+    <w:tmpl w:val="1E9CC0C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -1112,425 +892,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...373 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42E33816"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAD2667C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1599,164 +1005,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="434C7046"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFF40E56"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1825,140 +1118,167 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="528A502E"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D9C15FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6032F378"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="BA9A50C2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5A4A14D2"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FA95964"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C88C3E92"/>
+    <w:tmpl w:val="344005B8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -2024,66 +1344,67 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5E552A53"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72C00726"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="518CC15C"/>
-[...11 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:tmpl w:val="3E76BECA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -2136,673 +1457,178 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...450 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="139619501">
+  <w:num w:numId="1" w16cid:durableId="2065106039">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="939141162">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1301039725">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1133210361">
-[...20 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="2104522338">
+  <w:num w:numId="4" w16cid:durableId="924263862">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="136461327">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="5" w16cid:durableId="936135841">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="210968170">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="6" w16cid:durableId="355817431">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2003115738">
+  <w:num w:numId="7" w16cid:durableId="139811364">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2145004251">
-[...18 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="8" w16cid:durableId="1694065102">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="74"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C53BFA"/>
-    <w:rsid w:val="000056A5"/>
-[...7 lines deleted...]
-    <w:rsid w:val="000F39A6"/>
+    <w:rsid w:val="00002292"/>
+    <w:rsid w:val="00005686"/>
+    <w:rsid w:val="000F43B2"/>
+    <w:rsid w:val="00103799"/>
     <w:rsid w:val="00156639"/>
-    <w:rsid w:val="00167DEC"/>
     <w:rsid w:val="00183EC0"/>
-    <w:rsid w:val="00185F2B"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00416A44"/>
+    <w:rsid w:val="00282D6D"/>
+    <w:rsid w:val="00285370"/>
+    <w:rsid w:val="002E1197"/>
+    <w:rsid w:val="0032715F"/>
+    <w:rsid w:val="0036326C"/>
+    <w:rsid w:val="003E7C9A"/>
+    <w:rsid w:val="004308A6"/>
+    <w:rsid w:val="00437B42"/>
+    <w:rsid w:val="00445DDD"/>
+    <w:rsid w:val="004517F4"/>
+    <w:rsid w:val="00464BDC"/>
+    <w:rsid w:val="0047402C"/>
     <w:rsid w:val="00482436"/>
+    <w:rsid w:val="004913AC"/>
     <w:rsid w:val="004A33CB"/>
     <w:rsid w:val="004A6675"/>
-    <w:rsid w:val="004B310D"/>
     <w:rsid w:val="004C76F5"/>
-    <w:rsid w:val="0056182B"/>
-    <w:rsid w:val="005A375D"/>
+    <w:rsid w:val="005759DD"/>
+    <w:rsid w:val="005A03AB"/>
     <w:rsid w:val="005C55C5"/>
+    <w:rsid w:val="005D167B"/>
+    <w:rsid w:val="006226E7"/>
+    <w:rsid w:val="00627F08"/>
+    <w:rsid w:val="00632D73"/>
     <w:rsid w:val="00650C5D"/>
-    <w:rsid w:val="00655FB1"/>
+    <w:rsid w:val="00652A13"/>
+    <w:rsid w:val="00661AF3"/>
     <w:rsid w:val="0068539C"/>
-    <w:rsid w:val="006866AC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007E15F6"/>
+    <w:rsid w:val="006B7AED"/>
+    <w:rsid w:val="006D0918"/>
+    <w:rsid w:val="006E1CFD"/>
+    <w:rsid w:val="007A061C"/>
+    <w:rsid w:val="007F1B52"/>
+    <w:rsid w:val="00863D65"/>
     <w:rsid w:val="00871514"/>
-    <w:rsid w:val="00871FED"/>
-    <w:rsid w:val="008B7DCA"/>
+    <w:rsid w:val="00897B41"/>
     <w:rsid w:val="008C3461"/>
-    <w:rsid w:val="008E7E9F"/>
-    <w:rsid w:val="008F6140"/>
+    <w:rsid w:val="00936E11"/>
     <w:rsid w:val="009429DF"/>
-    <w:rsid w:val="009566F1"/>
-    <w:rsid w:val="00967438"/>
+    <w:rsid w:val="00954FC1"/>
+    <w:rsid w:val="00964475"/>
+    <w:rsid w:val="009C3339"/>
+    <w:rsid w:val="009C5959"/>
     <w:rsid w:val="009E6FD9"/>
-    <w:rsid w:val="009F0397"/>
+    <w:rsid w:val="00A50753"/>
+    <w:rsid w:val="00A52E69"/>
+    <w:rsid w:val="00A60571"/>
+    <w:rsid w:val="00AD4C08"/>
     <w:rsid w:val="00AF193B"/>
-    <w:rsid w:val="00AF7B9C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B33827"/>
     <w:rsid w:val="00B54368"/>
-    <w:rsid w:val="00B745EC"/>
     <w:rsid w:val="00B7732D"/>
-    <w:rsid w:val="00B8743E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C51826"/>
+    <w:rsid w:val="00BB2B77"/>
     <w:rsid w:val="00C531A9"/>
     <w:rsid w:val="00C53BFA"/>
-    <w:rsid w:val="00C5400D"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00D122F8"/>
+    <w:rsid w:val="00CF4EC0"/>
+    <w:rsid w:val="00D07068"/>
+    <w:rsid w:val="00D07D3F"/>
     <w:rsid w:val="00D41B4B"/>
     <w:rsid w:val="00D454E1"/>
-    <w:rsid w:val="00D860B7"/>
     <w:rsid w:val="00D90A63"/>
     <w:rsid w:val="00D93E3B"/>
-    <w:rsid w:val="00DA68FD"/>
+    <w:rsid w:val="00D94849"/>
     <w:rsid w:val="00E025BA"/>
     <w:rsid w:val="00E34FF8"/>
-    <w:rsid w:val="00E675DC"/>
-    <w:rsid w:val="00EB0760"/>
+    <w:rsid w:val="00EB5759"/>
     <w:rsid w:val="00EC65CC"/>
     <w:rsid w:val="00ED1F7B"/>
-    <w:rsid w:val="00EF1358"/>
     <w:rsid w:val="00EF79A0"/>
-    <w:rsid w:val="00F1301C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FD23EE"/>
+    <w:rsid w:val="00F070AA"/>
+    <w:rsid w:val="00F6774E"/>
+    <w:rsid w:val="00FA2EAB"/>
     <w:rsid w:val="00FD6BFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -3507,150 +2333,107 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00482436"/>
     <w:rPr>
       <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E675DC"/>
+    <w:rsid w:val="00652A13"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E675DC"/>
+    <w:rsid w:val="005A03AB"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003117FC"/>
+    <w:rsid w:val="00D07D3F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...15 lines deleted...]
-      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="390810346">
-[...25 lines deleted...]
-    <w:div w:id="940645822">
+    <w:div w:id="1881015498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.Sedgwick.com/ohiotpa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.deyo@sedgwick.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3913,70 +2696,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>152</Words>
-  <Characters>871</Characters>
+  <Words>341</Words>
+  <Characters>1948</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1021</CharactersWithSpaces>
+  <CharactersWithSpaces>2285</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>