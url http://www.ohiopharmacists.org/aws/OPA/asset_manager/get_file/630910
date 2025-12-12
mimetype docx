--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -1,61 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="50F64089" w14:textId="7C362960" w:rsidR="00C53BFA" w:rsidRPr="00CF2E0B" w:rsidRDefault="00C53BFA" w:rsidP="00C53BFA">
       <w:pPr>
         <w:pStyle w:val="Pre-title"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1216B23F" w14:textId="3B0C2D6A" w:rsidR="00C53BFA" w:rsidRPr="009966AB" w:rsidRDefault="00C53BFA" w:rsidP="004A6675">
+    <w:p w14:paraId="1216B23F" w14:textId="668C3722" w:rsidR="00C53BFA" w:rsidRPr="009966AB" w:rsidRDefault="00C53BFA" w:rsidP="004A6675">
       <w:pPr>
         <w:pStyle w:val="H1"/>
         <w:spacing w:after="400"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_mjrr2kp9be2e" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="009966AB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="0C0138B3" wp14:editId="25E8E71F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-962024</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>53975</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="747713" cy="245752"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="0" distR="0"/>
             <wp:docPr id="3" name="image2.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -66,469 +70,675 @@
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="747713" cy="245752"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00A50753">
+      <w:r w:rsidR="00964475">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">Cost containment </w:t>
+        <w:t>Client education program</w:t>
       </w:r>
-      <w:r w:rsidR="007F1B52">
+      <w:r w:rsidR="00964475">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">in Ohio </w:t>
-[...29 lines deleted...]
-        <w:t>ensation</w:t>
+        <w:br/>
+        <w:t>for workers’ compensation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5711753C" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-      <w:pPr>
+    <w:p w14:paraId="38FD9286" w14:textId="02F764BD" w:rsidR="00954FC1" w:rsidRDefault="00964475" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
         <w:spacing w:after="200"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Workplace injuries can carry both financial and emotional weight for employers and employees alike. While ensuring injured workers receive proper care remains the top priority, managing the associated costs is also essential to maintaining a healthy workers’ compensation program.</w:t>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sedgwick offers a comprehensive, webinar-based education program to current clients, covering a variety of topics within the workers’ compensation industry.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F43B2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> These training webinars are free to member clients of Sedgwick.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CB7230" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-      <w:pPr>
+    <w:p w14:paraId="61A58133" w14:textId="4604C8C2" w:rsidR="004517F4" w:rsidRPr="00954FC1" w:rsidRDefault="00D07D3F" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
         <w:spacing w:after="200"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>In Ohio, employers have three key strategies available to help contain costs: Settlements, Disability Relief, and Subrogation/No-Fault Motor Vehicle Accidents (MVA). Sedgwick continues to lead the industry in leveraging these tools effectively.</w:t>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sedgwick’s workers’ compensation educational series is designed to familiarize yourself with Ohio’s workers’ compensation system and show you how to maximize your program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE86AC9" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-[...10 lines deleted...]
-        <w:t>Our approach combines advanced analytics and proactive cost containment strategies to help Ohio employers reduce claim expenses and lower premiums. From the moment a claim is filed, our team is equipped to implement solutions that drive meaningful savings.</w:t>
+    <w:p w14:paraId="7F26135B" w14:textId="77777777" w:rsidR="00D07D3F" w:rsidRDefault="00D07D3F" w:rsidP="000806DE">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07D3F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Webinar topics include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75558891" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-[...10 lines deleted...]
-        <w:t>Sedgwick’s dedicated cost containment team focuses exclusively on delivering impactful results through these three avenues. Our efforts have led to significant savings not only for individual employers but also for those participating in group retrospective rating programs.</w:t>
+    <w:p w14:paraId="323BB824" w14:textId="071CA188" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Navigating</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07D3F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ohio workers’ compensation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6523ED" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-[...14 lines deleted...]
-        <w:t>Settlement Agreements</w:t>
+    <w:p w14:paraId="1745A289" w14:textId="24091A9E" w:rsidR="00D07D3F" w:rsidRPr="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Overview of the True-Up process (public and private)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2021AC" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-[...10 lines deleted...]
-        <w:t>A settlement involves a mutual agreement between the employer, the injured worker, and the Ohio Bureau of Workers’ Compensation (BWC) to resolve a claim with a lump sum payment. This can result in full or partial closure of the claim, helping employers manage long-term exposure.</w:t>
+    <w:p w14:paraId="4711CF19" w14:textId="31A0D5F3" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Benefits of coordinating your claims management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B8B6F3" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-[...14 lines deleted...]
-        <w:t>Disability Relief</w:t>
+    <w:p w14:paraId="335292AE" w14:textId="4953201A" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Reducing your workers’ comp spend</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644F5E98" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-[...10 lines deleted...]
-        <w:t>This program supports employers who hire or retain individuals with pre-existing medical conditions. If a disability contributes to an injury or delays recovery, employers may be eligible for reimbursement on related claims, reducing their financial burden.</w:t>
+    <w:p w14:paraId="507D1282" w14:textId="0273AAFA" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Workplace safety: 5 things you should be focusing on</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53ECD0A6" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-[...14 lines deleted...]
-        <w:t>Subrogation / No-Fault MVA</w:t>
+    <w:p w14:paraId="1600D1CF" w14:textId="4F402DD4" w:rsidR="00075916" w:rsidRDefault="00075916" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Best practices for a successful workers’ comp program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C18DCA7" w14:textId="4E53DE71" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-      <w:pPr>
+    <w:p w14:paraId="661E36CD" w14:textId="15640B33" w:rsidR="003E7C9A" w:rsidRDefault="00D07D3F" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
         <w:spacing w:after="200"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>When a workplace injury stems from a motor vehicle accident involving a third party, the Ohio BWC may assign the claim’s cost to the surplus fund—relieving the employer of direct financial responsibility.</w:t>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sedgwick offers these educational programs </w:t>
+      </w:r>
+      <w:r w:rsidR="00075916">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>throughout the year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. The programs are designated for both private and public employers, private employers only or public employers only.  Additionally, all sessions qualify for 1-hour of the 2-hour Ohio Bureau of Workers’ Compensation safety training requirement for group and group retrospective-rated employers.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C9A" w:rsidRPr="003E7C9A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D5F0D8" w14:textId="77777777" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-      <w:pPr>
+    <w:p w14:paraId="7F8FE038" w14:textId="3FBB1765" w:rsidR="00D07D3F" w:rsidRPr="003E7C9A" w:rsidRDefault="0036326C" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
         <w:spacing w:after="200"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Sedgwick is proud to collaborate with our clients in optimizing their workers’ compensation programs. Our early, proactive approach to cost containment remains a cornerstone of our commitment to achieving the best possible outcomes for both employers and injured workers.</w:t>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Look for future communications with the dates, times and topics for the 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00595C1D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> series. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A858A2E" w14:textId="1D1F0D9B" w:rsidR="00863D65" w:rsidRPr="00863D65" w:rsidRDefault="00863D65" w:rsidP="00863D65">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">For questions or support, please contact </w:t>
+    <w:p w14:paraId="46391CC8" w14:textId="0D74F4AB" w:rsidR="00C53BFA" w:rsidRDefault="002E1197" w:rsidP="00F1234F">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1197">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have any questions, contact </w:t>
       </w:r>
-      <w:r w:rsidR="00445DDD">
-[...3 lines deleted...]
-        <w:t>Peyton Rosier</w:t>
+      <w:r w:rsidR="00180124">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">David Deyo </w:t>
       </w:r>
-      <w:r w:rsidRPr="00863D65">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> at Sedgwick via </w:t>
+      <w:r w:rsidR="00064DDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
       </w:r>
-      <w:r w:rsidR="00445DDD">
-[...3 lines deleted...]
-        <w:t>peyton.rosier@sedgwick.com</w:t>
+      <w:r w:rsidRPr="002E1197">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sedgwick</w:t>
       </w:r>
-      <w:r w:rsidRPr="00863D65">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00064DDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5759" w:rsidRPr="00EB5759">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="00180124">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>david.deyo@sedgwick.com</w:t>
+      </w:r>
+      <w:r w:rsidR="00064DDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C53BFA" w:rsidSect="00156639">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="0" w:footer="86" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51FF4812" w14:textId="77777777" w:rsidR="00F6774E" w:rsidRDefault="00F6774E">
+    <w:p w14:paraId="5DE76C86" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5099797A" w14:textId="77777777" w:rsidR="00F6774E" w:rsidRDefault="00F6774E">
+    <w:p w14:paraId="05FFDDC8" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
+    <w:altName w:val="Source Sans Pro"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="43B6A459" w14:textId="77777777" w:rsidR="007F1B52" w:rsidRPr="001A015F" w:rsidRDefault="007F1B52">
+  <w:p w14:paraId="43B6A459" w14:textId="77777777" w:rsidR="00075916" w:rsidRPr="001A015F" w:rsidRDefault="00075916">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:b/>
         <w:color w:val="7996B4"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31422023" w14:textId="77777777" w:rsidR="00F6774E" w:rsidRDefault="00F6774E">
+    <w:p w14:paraId="3E7BF84F" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EE6F038" w14:textId="77777777" w:rsidR="00F6774E" w:rsidRDefault="00F6774E">
+    <w:p w14:paraId="38570272" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="72F75DA9" w14:textId="77777777" w:rsidR="007F1B52" w:rsidRPr="001A015F" w:rsidRDefault="007F1B52">
+  <w:p w14:paraId="72F75DA9" w14:textId="77777777" w:rsidR="00075916" w:rsidRPr="001A015F" w:rsidRDefault="00075916">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="336E2674" w14:textId="77777777" w:rsidR="007F1B52" w:rsidRPr="001A015F" w:rsidRDefault="00C53BFA">
+  <w:p w14:paraId="336E2674" w14:textId="77777777" w:rsidR="00075916" w:rsidRPr="001A015F" w:rsidRDefault="00C53BFA">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001A015F">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="3DA18A0C" wp14:editId="6D2518D5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-33020</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7767320" cy="761365"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom distT="0" distB="0"/>
@@ -1345,50 +1555,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E7A2D0E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="413295EC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72C00726"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E76BECA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1457,177 +1780,297 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2065106039">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DFA24E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00AC4822"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1834373727">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="939141162">
+  <w:num w:numId="2" w16cid:durableId="1104881255">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1301039725">
+  <w:num w:numId="3" w16cid:durableId="833060788">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="924263862">
+  <w:num w:numId="4" w16cid:durableId="391392423">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="936135841">
+  <w:num w:numId="5" w16cid:durableId="84036683">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="355817431">
+  <w:num w:numId="6" w16cid:durableId="1401557385">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="139811364">
+  <w:num w:numId="7" w16cid:durableId="1406416594">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1491826433">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1898393621">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1424648585">
     <w:abstractNumId w:val="7"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="74"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C53BFA"/>
     <w:rsid w:val="00002292"/>
     <w:rsid w:val="00005686"/>
+    <w:rsid w:val="00064DDC"/>
+    <w:rsid w:val="00075916"/>
+    <w:rsid w:val="000806DE"/>
+    <w:rsid w:val="000B7DD7"/>
     <w:rsid w:val="000F43B2"/>
     <w:rsid w:val="00103799"/>
     <w:rsid w:val="00156639"/>
+    <w:rsid w:val="00180124"/>
     <w:rsid w:val="00183EC0"/>
     <w:rsid w:val="00282D6D"/>
     <w:rsid w:val="00285370"/>
     <w:rsid w:val="002E1197"/>
-    <w:rsid w:val="0032715F"/>
     <w:rsid w:val="0036326C"/>
     <w:rsid w:val="003E7C9A"/>
+    <w:rsid w:val="0040394D"/>
+    <w:rsid w:val="00427D8F"/>
     <w:rsid w:val="004308A6"/>
+    <w:rsid w:val="00432072"/>
     <w:rsid w:val="00437B42"/>
-    <w:rsid w:val="00445DDD"/>
     <w:rsid w:val="004517F4"/>
+    <w:rsid w:val="00454C57"/>
     <w:rsid w:val="00464BDC"/>
     <w:rsid w:val="0047402C"/>
+    <w:rsid w:val="0047619E"/>
     <w:rsid w:val="00482436"/>
     <w:rsid w:val="004913AC"/>
     <w:rsid w:val="004A33CB"/>
     <w:rsid w:val="004A6675"/>
     <w:rsid w:val="004C76F5"/>
     <w:rsid w:val="005759DD"/>
+    <w:rsid w:val="00595C1D"/>
     <w:rsid w:val="005A03AB"/>
     <w:rsid w:val="005C55C5"/>
-    <w:rsid w:val="005D167B"/>
     <w:rsid w:val="006226E7"/>
-    <w:rsid w:val="00627F08"/>
+    <w:rsid w:val="00624398"/>
     <w:rsid w:val="00632D73"/>
     <w:rsid w:val="00650C5D"/>
     <w:rsid w:val="00652A13"/>
-    <w:rsid w:val="00661AF3"/>
     <w:rsid w:val="0068539C"/>
     <w:rsid w:val="006B7AED"/>
     <w:rsid w:val="006D0918"/>
-    <w:rsid w:val="006E1CFD"/>
     <w:rsid w:val="007A061C"/>
-    <w:rsid w:val="007F1B52"/>
-    <w:rsid w:val="00863D65"/>
     <w:rsid w:val="00871514"/>
-    <w:rsid w:val="00897B41"/>
     <w:rsid w:val="008C3461"/>
-    <w:rsid w:val="00936E11"/>
     <w:rsid w:val="009429DF"/>
     <w:rsid w:val="00954FC1"/>
     <w:rsid w:val="00964475"/>
     <w:rsid w:val="009C3339"/>
     <w:rsid w:val="009C5959"/>
     <w:rsid w:val="009E6FD9"/>
-    <w:rsid w:val="00A50753"/>
     <w:rsid w:val="00A52E69"/>
-    <w:rsid w:val="00A60571"/>
     <w:rsid w:val="00AD4C08"/>
     <w:rsid w:val="00AF193B"/>
+    <w:rsid w:val="00B06F31"/>
+    <w:rsid w:val="00B31992"/>
     <w:rsid w:val="00B54368"/>
+    <w:rsid w:val="00B63C47"/>
     <w:rsid w:val="00B7732D"/>
-    <w:rsid w:val="00BB2B77"/>
     <w:rsid w:val="00C531A9"/>
     <w:rsid w:val="00C53BFA"/>
     <w:rsid w:val="00CF4EC0"/>
     <w:rsid w:val="00D07068"/>
     <w:rsid w:val="00D07D3F"/>
     <w:rsid w:val="00D41B4B"/>
     <w:rsid w:val="00D454E1"/>
     <w:rsid w:val="00D90A63"/>
     <w:rsid w:val="00D93E3B"/>
     <w:rsid w:val="00D94849"/>
+    <w:rsid w:val="00E01DD9"/>
     <w:rsid w:val="00E025BA"/>
     <w:rsid w:val="00E34FF8"/>
     <w:rsid w:val="00EB5759"/>
     <w:rsid w:val="00EC65CC"/>
     <w:rsid w:val="00ED1F7B"/>
     <w:rsid w:val="00EF79A0"/>
-    <w:rsid w:val="00F070AA"/>
-    <w:rsid w:val="00F6774E"/>
+    <w:rsid w:val="00F1234F"/>
     <w:rsid w:val="00FA2EAB"/>
     <w:rsid w:val="00FD6BFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -2368,72 +2811,57 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A03AB"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D07D3F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2691,75 +3119,340 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000C4840261E0B2B4EBF5A4F42368C30AA" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e668f517bd0a6ae70e16086e8b95d932">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="59cd6d89-00c3-452b-9bcc-7193497f85d4" xmlns:ns3="92fd52bf-f93a-4591-b13c-804d20321cf2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed04cc050e9c0ccdb9464f4cdbc02fe0" ns2:_="" ns3:_="">
+    <xsd:import namespace="59cd6d89-00c3-452b-9bcc-7193497f85d4"/>
+    <xsd:import namespace="92fd52bf-f93a-4591-b13c-804d20321cf2"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="59cd6d89-00c3-452b-9bcc-7193497f85d4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="59b6c376-ac77-4716-aacb-b087d0d75ce9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="21" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92fd52bf-f93a-4591-b13c-804d20321cf2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{fea727cd-da3b-4736-ac2b-117b47d35a47}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="92fd52bf-f93a-4591-b13c-804d20321cf2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92fd52bf-f93a-4591-b13c-804d20321cf2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="59cd6d89-00c3-452b-9bcc-7193497f85d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E185137-65CB-41C3-ABD5-6E6B8B6E1535}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2341D920-9591-4272-A9F2-E3CDF86B4CBE}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7837098-CC0E-4F4C-865E-02835C1CBCD7}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>341</Words>
-  <Characters>1948</Characters>
+  <Words>191</Words>
+  <Characters>1091</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>4</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2285</CharactersWithSpaces>
+  <CharactersWithSpaces>1280</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101000C4840261E0B2B4EBF5A4F42368C30AA</vt:lpwstr>
+  </property>
+</Properties>
+</file>