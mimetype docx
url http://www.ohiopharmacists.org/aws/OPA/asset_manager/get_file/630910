--- v2 (2025-12-12)
+++ v3 (2026-01-21)
@@ -1,744 +1,1171 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="50F64089" w14:textId="7C362960" w:rsidR="00C53BFA" w:rsidRPr="00CF2E0B" w:rsidRDefault="00C53BFA" w:rsidP="00C53BFA">
       <w:pPr>
         <w:pStyle w:val="Pre-title"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1216B23F" w14:textId="668C3722" w:rsidR="00C53BFA" w:rsidRPr="009966AB" w:rsidRDefault="00C53BFA" w:rsidP="004A6675">
+    <w:p w14:paraId="56559126" w14:textId="088610D8" w:rsidR="00EE778F" w:rsidRPr="00EE778F" w:rsidRDefault="00C53BFA" w:rsidP="00EE778F">
       <w:pPr>
         <w:pStyle w:val="H1"/>
-        <w:spacing w:after="400"/>
+        <w:ind w:right="2070"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_mjrr2kp9be2e" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="009966AB">
+      <w:r w:rsidRPr="00EE778F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="0C0138B3" wp14:editId="25E8E71F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-962024</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>53975</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="747713" cy="245752"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="0" distR="0"/>
             <wp:docPr id="3" name="image2.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="747713" cy="245752"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00964475">
-[...10 lines deleted...]
-        <w:t>for workers’ compensation</w:t>
+      <w:r w:rsidR="00EE778F" w:rsidRPr="00EE778F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>OSHA AND PERRP RECORDKEEPING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FD9286" w14:textId="02F764BD" w:rsidR="00954FC1" w:rsidRDefault="00964475" w:rsidP="00F1234F">
-[...6 lines deleted...]
-          <w:b w:val="0"/>
+    <w:p w14:paraId="2D88988A" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As we enter 2026, it’s time to prepare your OSHA (for private employers) and PERRP (for public employers) recordkeeping logs, summaries, and online reports. These records should be updated throughout the year as injuries occur. OSHA and PERRP both require employers to review each injury and determine whether it must be recorded within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> These training webinars are free to member clients of Sedgwick.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7 days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of notification.  Below is a reminder of the key recordkeeping deadlines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A58133" w14:textId="4604C8C2" w:rsidR="004517F4" w:rsidRPr="00954FC1" w:rsidRDefault="00D07D3F" w:rsidP="00F1234F">
-[...48 lines deleted...]
-        <w:pStyle w:val="H2"/>
+    <w:p w14:paraId="6C50B10F" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Ohio workers’ compensation</w:t>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>OSHA and PERRP Summary forms must be completed and posted by February 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1745A289" w14:textId="24091A9E" w:rsidR="00D07D3F" w:rsidRPr="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
-[...1 lines deleted...]
-        <w:pStyle w:val="H2"/>
+    <w:p w14:paraId="6EA57EDD" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...17 lines deleted...]
-        <w:t>Overview of the True-Up process (public and private)</w:t>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The PERRP online reporting is due February 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4711CF19" w14:textId="31A0D5F3" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
-[...1 lines deleted...]
-        <w:pStyle w:val="H2"/>
+    <w:p w14:paraId="5E00CC36" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...3 lines deleted...]
-          <w:b w:val="0"/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The OSHA online reporting is due March 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA70B0F" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First determine if you are exempt from keeping records. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26601751" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="004B2528">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:b w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>Benefits of coordinating your claims management</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EXEMPTIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335292AE" w14:textId="4953201A" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
-[...1 lines deleted...]
-        <w:pStyle w:val="H2"/>
+    <w:p w14:paraId="4F6B423C" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>OSHA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - There are two exemptions from keeping the OSHA 300 Log.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D8E065" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...17 lines deleted...]
-        <w:t>Reducing your workers’ comp spend</w:t>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Companies with 10 or fewer employees </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the calendar year.  The only exception to this is if you are specifically requested by OSHA, the Bureau of Labor Statistics (BLS) or another agency to keep a log.  If you receive a request, do not ignore it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507D1282" w14:textId="0273AAFA" w:rsidR="00D07D3F" w:rsidRDefault="00075916" w:rsidP="00F1234F">
-[...1 lines deleted...]
-        <w:pStyle w:val="H2"/>
+    <w:p w14:paraId="7B257268" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...3 lines deleted...]
-          <w:b w:val="0"/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The other exemption is for establishments classified in certain low-hazard industries.  You will need your NAICS number and check it against the list of “Partially Exempt Industries” at:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="008E71BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.osha.gov/recordkeeping/presentations/exempttable</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A2F950" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:b w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PERRP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - There are no exemptions for public employers for keeping and maintaining the PERRP Log.  All public employers are required to keep the Log.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154363E2" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="00AB0557">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>Workplace safety: 5 things you should be focusing on</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>RECORDKEEPING LOGS AND SUMMARY FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1600D1CF" w14:textId="4F402DD4" w:rsidR="00075916" w:rsidRDefault="00075916" w:rsidP="00F1234F">
-[...1 lines deleted...]
-        <w:pStyle w:val="H2"/>
+    <w:p w14:paraId="555B8534" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>OSHA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - If you are required to keep the log, download the Recordkeeping Forms and instructions by clicking on the link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="008E71BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.osha.gov/sites/default/files/OSHA-RK-Forms-Package.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33120D42" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PERRP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Download the recordkeeping instructions by clicking on the link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="008E71BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://dam.assets.ohio.gov/image/upload/info.bwc.ohio.gov/forms/PERRPrecordkeepingforms.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The logs in Excel format can be downloaded from:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="008E71BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://info.bwc.ohio.gov/for-employers/safety-services/consultations-and-programs/perrp/injury-and-illness-recordkeeping</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under “Forms and Instructions” on the right side of the page. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56936FFF" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>When you complete your PERRP or OSHA log, be sure to have the summary form signed and posted in a conspicuous place for employees to see.  Summaries must be posted from February 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through April 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="713C6D5D" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Remember only post the OSHA 300A Summary OR THE PERRP 300AP Summary and not the injury </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>LOG.*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="363C7FEC" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk124168718"/>
+    </w:p>
+    <w:p w14:paraId="4A045361" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22FF977E" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4116DB02" w14:textId="77777777" w:rsidR="00032A6E" w:rsidRDefault="00032A6E" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417095E2" w14:textId="77777777" w:rsidR="00032A6E" w:rsidRDefault="00032A6E" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="152C620D" w14:textId="77777777" w:rsidR="00032A6E" w:rsidRDefault="00032A6E" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42637BCA" w14:textId="1732DBF1" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="00032A6E">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ONLINE SUBMISSION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D90C501" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The final step in the process is to determine if you must file online.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E2A249" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk124168698"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>OSHA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - To determine if your organization is required to do so, enter the following information for your facility at the following link </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="008E71BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.osha.gov/itareportapp</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5278AC26" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...3 lines deleted...]
-          <w:b w:val="0"/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>“State” in which your facility is located,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7121A4" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>“Peak Employment from the previous year” – be sure include temporary and seasonal workers,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612489BC" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>“Is the establishment a government facility” and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C4E68F" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Your “NAICS Code”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CDE00F" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Once the information is entered, click the “Submit” button and it will identify what, if any, information your facility needs to submit online.  There will be one of four replies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A194656" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>You are exempt from completing the OSHA Log and not required to submit online.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AC357E" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>You will not be required to submit anything online.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478D2453" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You will be required to submit information from your OSHA 300A form.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB7603E" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>You will be required to submit information from your OSHA 300, 300A and 301 Forms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F3E710" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If your establishment is required to submit information online, new users must first create a secure account through OSHA’s Injury Tracking Application at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="008E71BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.osha.gov/injuryreporting/ita</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.  After setting up your account, you can submit your OSHA Log, OSHA 300A Summary or OSHA 301 Injury Information.  For those only required to submit the OSHA 300A Summary, the process is straightforward—just ensure your NAICS code, average number of employees and total work hours are accurately entered on the OSHA 300A Summary report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F44806" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are required to submit your OSHA 300 and OSHA 301 information you have two options.  You can either choose to input each recordable injury individually or perform a batch upload.  The batch upload can save time for establishments with numerous recordable injuries. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7BE7B9" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PERRP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –All public employers are required to submit to the BWC except those with five or fewer employees and have had no recordable injuries in the calendar year.  PERRP 300AP Summary form information is submitted through the Ohio BWC link found here: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="008E71BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://info.bwc.ohio.gov/forms-and-publications/summary-of-work-related-injuries-and-illnesses-300-ap</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="170AC23D" w14:textId="3DE20936" w:rsidR="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">One final note, even if you have not completed your logs or online reporting in past years, it is still a good idea to get these completed as soon as possible.  Both OSHA and PERRP recommend creating your logs and submitting your data, if possible, even if you are past the due date – remember better late than never!  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C810DF6" w14:textId="77777777" w:rsidR="00032A6E" w:rsidRPr="008E71BB" w:rsidRDefault="00032A6E" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12CA6AE4" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>If you have any questions regarding your PERRP or OSHA Log or online submission, please contact Andy Sawan, Risk Services Specialist at Sedgwick at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="008E71BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>andrew.sawan@sedgwick.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E71BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> or 330-819-4728.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3651FD" w14:textId="5B124C46" w:rsidR="000056A5" w:rsidRPr="00EB0760" w:rsidRDefault="000056A5" w:rsidP="008E71BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="661E36CD" w14:textId="15640B33" w:rsidR="003E7C9A" w:rsidRDefault="00D07D3F" w:rsidP="00F1234F">
-[...186 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId10"/>
+    <w:sectPr w:rsidR="000056A5" w:rsidRPr="00EB0760" w:rsidSect="00156639">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="0" w:footer="86" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DE76C86" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
+    <w:p w14:paraId="7B8F8176" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05FFDDC8" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
+    <w:p w14:paraId="369FD127" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
-    <w:altName w:val="Source Sans Pro"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="43B6A459" w14:textId="77777777" w:rsidR="00075916" w:rsidRPr="001A015F" w:rsidRDefault="00075916">
+  <w:p w14:paraId="43B6A459" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="000F39A6">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:b/>
         <w:color w:val="7996B4"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E7BF84F" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
+    <w:p w14:paraId="70CC1513" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38570272" w14:textId="77777777" w:rsidR="009C3339" w:rsidRDefault="009C3339">
+    <w:p w14:paraId="30841275" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="72F75DA9" w14:textId="77777777" w:rsidR="00075916" w:rsidRPr="001A015F" w:rsidRDefault="00075916">
+  <w:p w14:paraId="72F75DA9" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="000F39A6">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="336E2674" w14:textId="77777777" w:rsidR="00075916" w:rsidRPr="001A015F" w:rsidRDefault="00C53BFA">
+  <w:p w14:paraId="336E2674" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="00C53BFA">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001A015F">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="3DA18A0C" wp14:editId="6D2518D5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-33020</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7767320" cy="761365"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom distT="0" distB="0"/>
@@ -764,50 +1191,754 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7767320" cy="761365"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="A1818FFF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="001D0302"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23D4DA2E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05106C37"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2FAECD2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F042EF1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2752D332"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="128C2B29"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ECC4998E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="138C1F13"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9334958A"/>
+    <w:lvl w:ilvl="0" w:tplc="69A41802">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14AC48E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD1CC4F6"/>
+    <w:lvl w:ilvl="0" w:tplc="2FFE7988">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16D35570"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D850F06C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -876,54 +2007,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1EBF4DDB"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16F31E0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="03CCE462"/>
+    <w:tmpl w:val="A7DE69BE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -989,54 +2120,741 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="34FC5BC0"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CB1650D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1E9CC0C8"/>
+    <w:tmpl w:val="721053C6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F7E5975"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A9ED0C2"/>
+    <w:lvl w:ilvl="0" w:tplc="69A41802">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26803CC3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="649E9D5C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E052CF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9A08D36E"/>
+    <w:lvl w:ilvl="0" w:tplc="CF3CD7A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="322C06B5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="19E6E4AE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CE014EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5FEAF66E"/>
+    <w:lvl w:ilvl="0" w:tplc="7DA2497A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EAF706E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EA58DD74"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -1102,51 +2920,191 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FE825D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="426C6123"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94307506"/>
+    <w:lvl w:ilvl="0" w:tplc="C83E6D90">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42E33816"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAD2667C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1215,51 +3173,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4340262F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="266C5FD2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="434C7046"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFF40E56"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1328,54 +3399,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4D9C15FF"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46F73390"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BA9A50C2"/>
+    <w:tmpl w:val="BD5E67BA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -1441,54 +3512,229 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4FA95964"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="528A502E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="344005B8"/>
+    <w:tmpl w:val="6032F378"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="583A5FB5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9E804420"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A4A14D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C88C3E92"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -1554,66 +3800,178 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5E7A2D0E"/>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5ADD0EDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="413295EC"/>
+    <w:tmpl w:val="8CD2E75C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E552A53"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="518CC15C"/>
+    <w:lvl w:ilvl="0" w:tplc="69A41802">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
@@ -1667,54 +4025,368 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="72C00726"/>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60A141D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3E76BECA"/>
+    <w:tmpl w:val="2974C6C2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60EB61F2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0D26B074"/>
+    <w:lvl w:ilvl="0" w:tplc="7DA2497A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="659428AA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3FB442B4"/>
+    <w:lvl w:ilvl="0" w:tplc="3480892E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69B91FB9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4FE8D2A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -1780,54 +4452,368 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7DFA24E1"/>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ADE0D70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="00AC4822"/>
+    <w:tmpl w:val="AB18280E"/>
+    <w:lvl w:ilvl="0" w:tplc="E61207D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Source Sans Pro" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70F37631"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B5C276C2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="748F641F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D7568C64"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75FD3220"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82183F2C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -1893,185 +4879,523 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1834373727">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77D9203B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="60ACFD34"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79D359D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DC67F6C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="139619501">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1133210361">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="755134298">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="533883432">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="319508780">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="980307121">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="153107528">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1475683133">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2104522338">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="136461327">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="210968170">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2003115738">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2145004251">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1827013946">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1377778442">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1084372981">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="2045254724">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="922571367">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="561142839">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1993871973">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="915092358">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1104881255">
+  <w:num w:numId="22" w16cid:durableId="1214921538">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1147548166">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="700083662">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2130121334">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="733549848">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1353998612">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1028406184">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1353147792">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1451244421">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="833060788">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="31" w16cid:durableId="1627351511">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="391392423">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="32" w16cid:durableId="165444798">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="84036683">
-[...5 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="1406416594">
+  <w:num w:numId="33" w16cid:durableId="485711718">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1491826433">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="34" w16cid:durableId="237718811">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1898393621">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="35" w16cid:durableId="364185596">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1424648585">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="36" w16cid:durableId="764305026">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="650521551">
+    <w:abstractNumId w:val="33"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="74"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C53BFA"/>
-    <w:rsid w:val="00002292"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00103799"/>
+    <w:rsid w:val="000056A5"/>
+    <w:rsid w:val="00025A6B"/>
+    <w:rsid w:val="00032A6E"/>
+    <w:rsid w:val="00053320"/>
+    <w:rsid w:val="00057A9C"/>
+    <w:rsid w:val="0009751D"/>
+    <w:rsid w:val="000A5088"/>
+    <w:rsid w:val="000E283C"/>
+    <w:rsid w:val="000F39A6"/>
+    <w:rsid w:val="001450EC"/>
     <w:rsid w:val="00156639"/>
-    <w:rsid w:val="00180124"/>
+    <w:rsid w:val="00167DEC"/>
     <w:rsid w:val="00183EC0"/>
-    <w:rsid w:val="00282D6D"/>
-[...13 lines deleted...]
-    <w:rsid w:val="0047619E"/>
+    <w:rsid w:val="00185D8E"/>
+    <w:rsid w:val="00185F2B"/>
+    <w:rsid w:val="001963A5"/>
+    <w:rsid w:val="00201E8F"/>
+    <w:rsid w:val="002453F9"/>
+    <w:rsid w:val="002855BB"/>
+    <w:rsid w:val="00290DF6"/>
+    <w:rsid w:val="002B3D46"/>
+    <w:rsid w:val="002B4DDA"/>
+    <w:rsid w:val="002D747D"/>
+    <w:rsid w:val="00305878"/>
+    <w:rsid w:val="003117FC"/>
+    <w:rsid w:val="0032715F"/>
+    <w:rsid w:val="00344E55"/>
+    <w:rsid w:val="003C644E"/>
+    <w:rsid w:val="003D51B6"/>
+    <w:rsid w:val="003F021C"/>
+    <w:rsid w:val="00407896"/>
+    <w:rsid w:val="00416A44"/>
+    <w:rsid w:val="004456A5"/>
     <w:rsid w:val="00482436"/>
-    <w:rsid w:val="004913AC"/>
     <w:rsid w:val="004A33CB"/>
     <w:rsid w:val="004A6675"/>
+    <w:rsid w:val="004B2528"/>
     <w:rsid w:val="004C76F5"/>
-    <w:rsid w:val="005759DD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005A03AB"/>
+    <w:rsid w:val="0056182B"/>
+    <w:rsid w:val="005919AC"/>
+    <w:rsid w:val="005A375D"/>
     <w:rsid w:val="005C55C5"/>
-    <w:rsid w:val="006226E7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00632D73"/>
     <w:rsid w:val="00650C5D"/>
-    <w:rsid w:val="00652A13"/>
     <w:rsid w:val="0068539C"/>
-    <w:rsid w:val="006B7AED"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007A061C"/>
+    <w:rsid w:val="006866AC"/>
+    <w:rsid w:val="006A20B0"/>
+    <w:rsid w:val="006C4F62"/>
+    <w:rsid w:val="007143A3"/>
+    <w:rsid w:val="0078103E"/>
+    <w:rsid w:val="00793BE7"/>
+    <w:rsid w:val="007B6869"/>
+    <w:rsid w:val="007D6299"/>
+    <w:rsid w:val="007E15F6"/>
+    <w:rsid w:val="0080365F"/>
+    <w:rsid w:val="0084700A"/>
     <w:rsid w:val="00871514"/>
+    <w:rsid w:val="00871FED"/>
+    <w:rsid w:val="008830B9"/>
+    <w:rsid w:val="008A0DD5"/>
     <w:rsid w:val="008C3461"/>
+    <w:rsid w:val="008E71BB"/>
+    <w:rsid w:val="008E7E9F"/>
+    <w:rsid w:val="009232D3"/>
     <w:rsid w:val="009429DF"/>
-    <w:rsid w:val="00954FC1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009C5959"/>
+    <w:rsid w:val="009566F1"/>
     <w:rsid w:val="009E6FD9"/>
-    <w:rsid w:val="00A52E69"/>
-    <w:rsid w:val="00AD4C08"/>
+    <w:rsid w:val="009F0397"/>
+    <w:rsid w:val="00AB0557"/>
     <w:rsid w:val="00AF193B"/>
-    <w:rsid w:val="00B06F31"/>
-    <w:rsid w:val="00B31992"/>
+    <w:rsid w:val="00AF7B9C"/>
+    <w:rsid w:val="00B15710"/>
     <w:rsid w:val="00B54368"/>
-    <w:rsid w:val="00B63C47"/>
     <w:rsid w:val="00B7732D"/>
+    <w:rsid w:val="00B83F15"/>
+    <w:rsid w:val="00B8743E"/>
+    <w:rsid w:val="00BD1E53"/>
+    <w:rsid w:val="00C31A96"/>
+    <w:rsid w:val="00C36E4A"/>
+    <w:rsid w:val="00C51826"/>
     <w:rsid w:val="00C531A9"/>
     <w:rsid w:val="00C53BFA"/>
-    <w:rsid w:val="00CF4EC0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D07D3F"/>
+    <w:rsid w:val="00C5400D"/>
+    <w:rsid w:val="00C770AE"/>
+    <w:rsid w:val="00C8755F"/>
+    <w:rsid w:val="00C91A0B"/>
+    <w:rsid w:val="00CC1E4E"/>
+    <w:rsid w:val="00CF55DD"/>
     <w:rsid w:val="00D41B4B"/>
     <w:rsid w:val="00D454E1"/>
+    <w:rsid w:val="00D47F7F"/>
     <w:rsid w:val="00D90A63"/>
     <w:rsid w:val="00D93E3B"/>
-    <w:rsid w:val="00D94849"/>
-    <w:rsid w:val="00E01DD9"/>
+    <w:rsid w:val="00DA68FD"/>
     <w:rsid w:val="00E025BA"/>
     <w:rsid w:val="00E34FF8"/>
-    <w:rsid w:val="00EB5759"/>
+    <w:rsid w:val="00E46E59"/>
+    <w:rsid w:val="00E675DC"/>
+    <w:rsid w:val="00EB0760"/>
     <w:rsid w:val="00EC65CC"/>
     <w:rsid w:val="00ED1F7B"/>
+    <w:rsid w:val="00EE778F"/>
+    <w:rsid w:val="00EF1358"/>
     <w:rsid w:val="00EF79A0"/>
-    <w:rsid w:val="00F1234F"/>
-    <w:rsid w:val="00FA2EAB"/>
+    <w:rsid w:val="00F1301C"/>
+    <w:rsid w:val="00F47EE5"/>
+    <w:rsid w:val="00F5492C"/>
+    <w:rsid w:val="00F5765D"/>
+    <w:rsid w:val="00F738AA"/>
+    <w:rsid w:val="00F81257"/>
     <w:rsid w:val="00FD6BFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -2513,51 +5837,50 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C53BFA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="400" w:after="200" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="360"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="292826"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:highlight w:val="white"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
@@ -2776,92 +6099,137 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00482436"/>
     <w:rPr>
       <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00652A13"/>
+    <w:rsid w:val="00E675DC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005A03AB"/>
+    <w:rsid w:val="00E675DC"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D07D3F"/>
+    <w:rsid w:val="003117FC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000056A5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="390810346">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="940645822">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/recordkeeping/presentations/exempttable" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/injuryreporting/ita" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/itareportapp" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.bwc.ohio.gov/for-employers/safety-services/consultations-and-programs/perrp/injury-and-illness-recordkeeping" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrew.sawan@sedgwick.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dam.assets.ohio.gov/image/upload/info.bwc.ohio.gov/forms/PERRPrecordkeepingforms.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/sites/default/files/OSHA-RK-Forms-Package.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.bwc.ohio.gov/forms-and-publications/summary-of-work-related-injuries-and-illnesses-300-ap" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3119,340 +6487,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...255 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1091</Characters>
+  <Pages>2</Pages>
+  <Words>840</Words>
+  <Characters>4791</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1280</CharactersWithSpaces>
+  <CharactersWithSpaces>5620</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>