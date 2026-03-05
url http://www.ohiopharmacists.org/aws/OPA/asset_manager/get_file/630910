--- v3 (2026-01-21)
+++ v4 (2026-03-05)
@@ -1,5444 +1,767 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="50F64089" w14:textId="7C362960" w:rsidR="00C53BFA" w:rsidRPr="00CF2E0B" w:rsidRDefault="00C53BFA" w:rsidP="00C53BFA">
-[...4 lines deleted...]
-    <w:p w14:paraId="56559126" w14:textId="088610D8" w:rsidR="00EE778F" w:rsidRPr="00EE778F" w:rsidRDefault="00C53BFA" w:rsidP="00EE778F">
+    <w:p w14:paraId="65684EF3" w14:textId="77777777" w:rsidR="001275E4" w:rsidRPr="009966AB" w:rsidRDefault="001275E4" w:rsidP="001275E4">
       <w:pPr>
         <w:pStyle w:val="H1"/>
-        <w:ind w:right="2070"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EE778F">
+        <w:spacing w:after="400"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:drawing>
-[...47 lines deleted...]
-        <w:t>OSHA AND PERRP RECORDKEEPING</w:t>
+        <w:t>Identifying and reporting suspected claim fraud</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D88988A" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> of notification.  Below is a reminder of the key recordkeeping deadlines:</w:t>
+    <w:p w14:paraId="6DA9B311" w14:textId="77777777" w:rsidR="001275E4" w:rsidRPr="00BF2C0B" w:rsidRDefault="001275E4" w:rsidP="001275E4">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The word “fraud” carries a heavy connotation with it and making a fraud referral to the Bureau of Workers’ Compensation can feel a bit overwhelming.    What should you do if you suspect that a fraudulent claim has been filed against you?  The Bureau of Workers’ Compensation has an entire division devoted to analyzing and investigating fraud concerns.  The Special Investigations Department was created in 1994 with the sole purpose of reviewing potential fraud in the workers’ compensation system.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C50B10F" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
-      <w:pPr>
+    <w:p w14:paraId="22477782" w14:textId="77777777" w:rsidR="001275E4" w:rsidRPr="00BF2C0B" w:rsidRDefault="001275E4" w:rsidP="001275E4">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>According to the Bureau’s Special Investigations Department Annual Report from 2025, they received 2,164 fraud allegations and ultimately closed 1,395 cases with 56 resulting in convictions for an identified savings of $91 million dollars.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC07219" w14:textId="77777777" w:rsidR="001275E4" w:rsidRPr="00BF2C0B" w:rsidRDefault="001275E4" w:rsidP="001275E4">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>It is important to understand the activities that are most associated with potential workers’ compensation claim fraud:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E5E194" w14:textId="77777777" w:rsidR="001275E4" w:rsidRPr="00BF2C0B" w:rsidRDefault="001275E4" w:rsidP="001275E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Collecting disability benefits while receiving compensation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA57EDD" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
-      <w:pPr>
+    <w:p w14:paraId="150BC2F6" w14:textId="77777777" w:rsidR="001275E4" w:rsidRPr="00BF2C0B" w:rsidRDefault="001275E4" w:rsidP="001275E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Receiving cash payment for work performed “under the table”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E00CC36" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
-      <w:pPr>
+    <w:p w14:paraId="7F4302D2" w14:textId="77777777" w:rsidR="001275E4" w:rsidRPr="00BF2C0B" w:rsidRDefault="001275E4" w:rsidP="001275E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Claiming to be injured while at work when the injury happened elsewhere</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA70B0F" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">First determine if you are exempt from keeping records. </w:t>
+    <w:p w14:paraId="48D03FFA" w14:textId="77777777" w:rsidR="001275E4" w:rsidRPr="00BF2C0B" w:rsidRDefault="001275E4" w:rsidP="001275E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exaggeration of disability complaints to extend disability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26601751" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="004B2528">
-[...15 lines deleted...]
-        <w:t>EXEMPTIONS</w:t>
+    <w:p w14:paraId="7833463D" w14:textId="77777777" w:rsidR="001275E4" w:rsidRPr="00BF2C0B" w:rsidRDefault="001275E4" w:rsidP="001275E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="763"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Falsifying documents related to a claim application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F6B423C" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
-[...8 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="2A8484B4" w14:textId="0A35B5EE" w:rsidR="000408E5" w:rsidRPr="005A1E8D" w:rsidRDefault="001275E4" w:rsidP="009635A4">
+      <w:pPr>
+        <w:pStyle w:val="H2"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>OSHA</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Employers are often notified of potential fraud either from co-workers who witnessed or heard about the suspected incident or through personal observation, such as seeing a post on social media.  Should you suspect one or more of the above activities you should contact the BWC Fraud unit to report a concern.  You can do this either through the Bureau of Workers’ Compensation’s website or by contacting the BWC Fraud department directly at 1.800.644.6292.  For more information, contact our Sedgwick program manager, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E71BB">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> - There are two exemptions from keeping the OSHA 300 Log.</w:t>
+      <w:r w:rsidR="00751281">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dave Deyo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2C0B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="00751281">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">614-318-5516 or email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00751281" w:rsidRPr="00845FD8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>david.deyo@sedgwick.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00751281">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D8E065" w14:textId="77777777" w:rsidR="008E71BB" w:rsidRPr="008E71BB" w:rsidRDefault="008E71BB" w:rsidP="008E71BB">
-[...705 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId18"/>
+    <w:sectPr w:rsidR="000408E5" w:rsidRPr="005A1E8D" w:rsidSect="00751281">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="0" w:footer="86" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
+      <w:pgMar w:top="1440" w:right="1170" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
-      <w:docGrid w:linePitch="272"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B8F8176" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
+    <w:p w14:paraId="1B5EA423" w14:textId="77777777" w:rsidR="005748C3" w:rsidRDefault="005748C3" w:rsidP="000408E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="369FD127" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
+    <w:p w14:paraId="5218E0C9" w14:textId="77777777" w:rsidR="005748C3" w:rsidRDefault="005748C3" w:rsidP="000408E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Source Sans Pro">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Georgia">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Source Sans Pro Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Source Sans Pro">
+    <w:altName w:val="Source Sans Pro"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
-</file>
-[...16 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70CC1513" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
+    <w:p w14:paraId="2608B4AB" w14:textId="77777777" w:rsidR="005748C3" w:rsidRDefault="005748C3" w:rsidP="000408E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30841275" w14:textId="77777777" w:rsidR="002B4DDA" w:rsidRDefault="002B4DDA">
+    <w:p w14:paraId="3EB0B388" w14:textId="77777777" w:rsidR="005748C3" w:rsidRDefault="005748C3" w:rsidP="000408E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="72F75DA9" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="000F39A6">
-[...6 lines deleted...]
-      </w:rPr>
+  <w:p w14:paraId="7D416DBB" w14:textId="38E07E78" w:rsidR="000408E5" w:rsidRDefault="000408E5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="336E2674" w14:textId="77777777" w:rsidR="000F39A6" w:rsidRPr="001A015F" w:rsidRDefault="00C53BFA">
-[...1 lines deleted...]
-      <w:spacing w:after="0"/>
+  <w:p w14:paraId="6DE3DE13" w14:textId="23FDB3EA" w:rsidR="000408E5" w:rsidRDefault="000408E5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="3DA18A0C" wp14:editId="6D2518D5">
-[...11 lines deleted...]
-          <wp:cNvGraphicFramePr/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BE11E36" wp14:editId="1650DECD">
+          <wp:extent cx="1381125" cy="299686"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+          <wp:docPr id="104123520" name="Picture 1" descr="A black and grey logo&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image3.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="675774317" name="Picture 1" descr="A black and grey logo&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7767320" cy="761365"/>
+                    <a:ext cx="1396156" cy="302948"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="0AD13B27" w14:textId="1760840F" w:rsidR="000408E5" w:rsidRDefault="000408E5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6367C5F9" w14:textId="7C969BB6" w:rsidR="000408E5" w:rsidRDefault="000408E5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="A1818FFF"/>
+    <w:nsid w:val="6B057256"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FFFFFFFF"/>
-[...51 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000B">
+    <w:tmpl w:val="603898A6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...3810 lines deleted...]
-  <w:num w:numId="21" w16cid:durableId="915092358">
+  <w:num w:numId="1" w16cid:durableId="1003898342">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...46 lines deleted...]
-    <w:abstractNumId w:val="33"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="74"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C53BFA"/>
-[...109 lines deleted...]
-    <w:rsid w:val="00FD6BFF"/>
+    <w:rsidRoot w:val="005A1E8D"/>
+    <w:rsid w:val="000408E5"/>
+    <w:rsid w:val="000A2A61"/>
+    <w:rsid w:val="001275E4"/>
+    <w:rsid w:val="001813A9"/>
+    <w:rsid w:val="001D4B42"/>
+    <w:rsid w:val="002171C8"/>
+    <w:rsid w:val="00284317"/>
+    <w:rsid w:val="00294EAA"/>
+    <w:rsid w:val="00355A45"/>
+    <w:rsid w:val="003664A7"/>
+    <w:rsid w:val="003F533B"/>
+    <w:rsid w:val="00471A20"/>
+    <w:rsid w:val="005748C3"/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rsid w:val="006044F5"/>
+    <w:rsid w:val="006F764B"/>
+    <w:rsid w:val="00751281"/>
+    <w:rsid w:val="00892484"/>
+    <w:rsid w:val="008B2FE8"/>
+    <w:rsid w:val="00963273"/>
+    <w:rsid w:val="009635A4"/>
+    <w:rsid w:val="00A10967"/>
+    <w:rsid w:val="00AC7019"/>
+    <w:rsid w:val="00B1789A"/>
+    <w:rsid w:val="00BC0734"/>
+    <w:rsid w:val="00BF2C0B"/>
+    <w:rsid w:val="00C337E9"/>
+    <w:rsid w:val="00CC4803"/>
+    <w:rsid w:val="00F72580"/>
+    <w:rsid w:val="00FC036C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="17D3915B"/>
+  <w14:docId w14:val="22648F92"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2252DAA4-53DD-A942-B7BF-A3997529B087}"/>
+  <w15:docId w15:val="{D6DC42EA-1786-4FB5-A09E-91E5119ACD43}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5463,51 +786,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5777,509 +1100,818 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FD6BFF"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C53BFA"/>
+    <w:rsid w:val="005A1E8D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240" w:after="0"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C53BFA"/>
+    <w:rsid w:val="005A1E8D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="400" w:after="200" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="360"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...3 lines deleted...]
-      <w:highlight w:val="white"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C53BFA"/>
-[...9 lines deleted...]
-    <w:name w:val="List Paragraph"/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00C53BFA"/>
-[...2 lines deleted...]
-      <w:ind w:left="720"/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00C53BFA"/>
-[...9 lines deleted...]
-      <w:szCs w:val="32"/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00C53BFA"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
       <w:i/>
-      <w:color w:val="292826"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="H1">
+    <w:name w:val="H1"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1E8D"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="2966"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Source Sans Pro Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+      <w:color w:val="181D21"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
       <w:lang w:val="en"/>
-    </w:rPr>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000408E5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000408E5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C53BFA"/>
+    <w:rsid w:val="000408E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C53BFA"/>
-[...21 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000408E5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="H2">
     <w:name w:val="H2"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008C3461"/>
-[...1 lines deleted...]
-      <w:spacing w:before="200" w:after="0"/>
+    <w:rsid w:val="001275E4"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0" w:line="300" w:lineRule="auto"/>
       <w:ind w:right="900"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorHAnsi"/>
+      <w:rFonts w:eastAsia="Source Sans Pro" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:color w:val="181D21"/>
-      <w:sz w:val="24"/>
-[...47 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:kern w:val="0"/>
       <w:lang w:val="en"/>
-    </w:rPr>
-[...58 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E675DC"/>
-[...13 lines deleted...]
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+    <w:rsid w:val="00751281"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003117FC"/>
+    <w:rsid w:val="00751281"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...15 lines deleted...]
-      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="390810346">
+    <w:div w:id="397436051">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="940645822">
+    <w:div w:id="908926487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/recordkeeping/presentations/exempttable" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/injuryreporting/ita" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/itareportapp" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.bwc.ohio.gov/for-employers/safety-services/consultations-and-programs/perrp/injury-and-illness-recordkeeping" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrew.sawan@sedgwick.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dam.assets.ohio.gov/image/upload/info.bwc.ohio.gov/forms/PERRPrecordkeepingforms.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/sites/default/files/OSHA-RK-Forms-Package.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.bwc.ohio.gov/forms-and-publications/summary-of-work-related-injuries-and-illnesses-300-ap" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.deyo@sedgwick.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6287,54 +1919,54 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -6491,71 +2123,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4791</Characters>
+  <Pages>1</Pages>
+  <Words>274</Words>
+  <Characters>1566</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5620</CharactersWithSpaces>
+  <CharactersWithSpaces>1837</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Microsoft Office User</dc:creator>
+  <dc:creator>Feck, Paul</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>